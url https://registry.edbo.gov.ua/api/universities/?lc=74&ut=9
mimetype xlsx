--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -1583,51 +1583,51 @@
           <t>вул. Київська, 178</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
           <t>(04637)32050</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
           <t>gidrotech@ukr.net</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
           <t>ptfc.com.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Черніков Павло Іванович</t>
+          <t>Кісленко Олеся Олександрівна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Бобровицький фаховий коледж імені О. Майнової Національного університету біоресурсів і природокористування України"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
         <v>406</v>
       </c>
       <c r="C16" s="6" t="n">
         <v>7</v>
       </c>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t>Бобровицький ФК НУБіП України</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>Detachabloed Structural Subdivision "Bobrovytsia Professional College named after O. Mainova of National University of Life and Environmental Sciences of Ukraine"</t>
@@ -1749,63 +1749,55 @@
           <t>16400</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
           <t>UA74040070010013105</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Чернігівська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Борзна</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
           <t>вул. Олекси Десняка, 23</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>21106</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(046)-532-11-06;</t>
+        </is>
+      </c>
+      <c r="Q17" s="5"/>
+      <c r="R17" s="5"/>
       <c r="S17" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
           <t>Линник Віталій Володимирович</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ «Козелецький фаховий коледж ветеринарної медицини Білоцерківського національного аграрного університету»</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
         <v>990</v>
       </c>
       <c r="C18" s="6" t="n">
         <v>362</v>
       </c>