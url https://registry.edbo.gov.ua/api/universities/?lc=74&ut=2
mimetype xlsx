--- v0 (2025-10-07)
+++ v1 (2025-11-25)
@@ -2736,58 +2736,52 @@
           <t>м. Корюківка</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 103</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
           <t>(04657) 2-27-98</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
           <t>Korukivka-rstk2012@yandex.ua</t>
         </is>
       </c>
       <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T30" s="5"/>
-      <c r="U30" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U30" s="8"/>
+      <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад " Куликівський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
         <v>1791</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E31" s="5"/>
       <c r="F31" s="7"/>
       <c r="G31" s="6" t="n">
         <v>1982</v>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -2807,63 +2801,55 @@
           <t>16300</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
           <t>UA74100210010020106</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>Чернігівська обл.</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
           <t>с-ще Куликівка</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
           <t>вул. Миру, 43</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
-          <t>0464321176,0464321195</t>
-[...11 lines deleted...]
-      </c>
+          <t>80464321195;</t>
+        </is>
+      </c>
+      <c r="Q31" s="5"/>
+      <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
           <t>Лисаченко Василь Васильович</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>Лосинівський міжшкільний ресурсний центр Лосинівської селищної ради Ніжинського району Чернігівської області</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
         <v>3116</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
@@ -2895,51 +2881,51 @@
           <t>16663</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
           <t>UA74040190010093212</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Чернігівська обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
           <t>с-ще Лосинівка</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
           <t>вул. Богословська, 6</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>(04631) 61-3-79</t>
+          <t>+38(046)-316-13-79</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
           <t>losinivskiymnvk@gmail.com</t>
         </is>
       </c>
       <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
           <t>Заболотній Іван Іванович</t>
         </is>
       </c>
       <c r="U32" s="8"/>
       <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>Носівський районний спортивно-технічний клуб товариства сприяння обороні України</t>
@@ -3503,51 +3489,51 @@
           <t>вул. Шкільна, 22</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
           <t>(046)444-87-12, (046)444-87-33</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
           <t>stepmnvk@ukr.net</t>
         </is>
       </c>
       <c r="R39" s="5" t="inlineStr">
         <is>
           <t>stepmnvk.net.ua</t>
         </is>
       </c>
       <c r="S39" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Шестаковський Леонід Львович</t>
+          <t>Полюхович Ігор Васильович</t>
         </is>
       </c>
       <c r="U39" s="8"/>
       <c r="V39" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V39"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>