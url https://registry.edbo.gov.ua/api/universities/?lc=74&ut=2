--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -1485,51 +1485,51 @@
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
           <t>вул. Липіврізька, 50 А</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
           <t>0463125319,24351</t>
         </is>
       </c>
       <c r="Q15" s="5"/>
       <c r="R15" s="5"/>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
           <t>Костирко Михайло Миколайович</t>
         </is>
       </c>
       <c r="U15" s="8" t="n">
-        <v>45306</v>
+        <v>46006</v>
       </c>
       <c r="V15" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "Авто-старт"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
         <v>7196</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t>ПП "Авто-старт"</t>
         </is>
       </c>
       <c r="E16" s="5"/>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">