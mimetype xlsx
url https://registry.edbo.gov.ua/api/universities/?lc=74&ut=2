--- v2 (2026-01-10)
+++ v3 (2026-02-27)
@@ -927,51 +927,51 @@
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Комунальний навчальний заклад "Чернігівський обласний навчально-виробничий центр"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>3981</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>Обласний навчально-виробничий центр</t>
         </is>
       </c>
       <c r="E9" s="5"/>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
           <t>14020</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA74100390010122363</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Чернігівська обл.</t>
@@ -2736,52 +2736,58 @@
           <t>м. Корюківка</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 103</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
           <t>(04657) 2-27-98</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
           <t>Korukivka-rstk2012@yandex.ua</t>
         </is>
       </c>
       <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T30" s="5"/>
-      <c r="U30" s="8"/>
-      <c r="V30" s="5"/>
+      <c r="U30" s="8" t="n">
+        <v>46045</v>
+      </c>
+      <c r="V30" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад " Куликівський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
         <v>1791</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E31" s="5"/>
       <c r="F31" s="7"/>
       <c r="G31" s="6" t="n">
         <v>1982</v>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>