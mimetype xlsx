--- v0 (2025-10-31)
+++ v1 (2026-02-14)
@@ -472,56 +472,56 @@
           <t>м. Чернігів</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 95</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>(0462) 665-103</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>cstu@stu.cn.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>stu.cn.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Новомлинець Олег Олександрович</t>
+          <t>Кальченко Володимир Віталійович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Національний університет "Чернігівський колегіум" імені Т.Г. Шевченка</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>158</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>НУЧК імені Т.Г. Шевченка</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>T.H. Shevchenko National University "Chernihiv Colehium"</t>
         </is>
       </c>
@@ -645,61 +645,61 @@
           <t>14000</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA74100390010122363</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Чернігівська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Чернігів</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>вул. Гонча, 34</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>(046) 267-68-22</t>
+          <t>+38(046)-267-68-22</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>academy@kvs.gov.ua</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
-          <t>academysps.edu.ua</t>
+          <t>pau.edu.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Ректор Пенітенціарної академії України</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Гречанюк Сергій Костянтинович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Північноукраїнський інститут імені Героїв Крут Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>1192</v>
       </c>
       <c r="C6" s="6" t="n">