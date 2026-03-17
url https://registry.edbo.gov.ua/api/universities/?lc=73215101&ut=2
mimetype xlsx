--- v0 (2025-12-23)
+++ v1 (2026-03-17)
@@ -365,62 +365,62 @@
           <t>59400</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA73060190010067621</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Заставна</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Бажанського, 58</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(03737) 3-10-45</t>
+          <t>+38(050)-672-86-49;</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>vpun24@gmail.com</t>
+          <t>maruna.vasuluk@gmail.com</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Виконуюча обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Василик Марина Степанівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>НАВЧАЛЬНИЙ ЗАКЛАД ОБ'ЄДНАННЯ ГРОМАДЯН "ЗАСТАВНІВСЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>7300</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>НЗОГ "Заставнівська АШ ТСО України"</t>
         </is>
       </c>