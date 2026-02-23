--- v0 (2025-10-31)
+++ v1 (2026-02-23)
@@ -369,56 +369,56 @@
           <t>58000</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Чернівці</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Головна, 127</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(0372)525355</t>
+          <t>+38(037)-252-53-55</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>vtu3@sacura.net</t>
+          <t>vtu3@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://www.vpu3.cv.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Нікішина Олеся Валентинівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Вище професійне художнє училище №5 м. Чернівці</t>
         </is>
@@ -816,51 +816,51 @@
           <t>м. Чернівці</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Руська, 228 Б</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
           <t>0372 545 712</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>ptu13@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
           <t>www.licey-cv.com</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>Тимчасово виконуюча обов'язки директора</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Цимбал Орися Василівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Чернівецький професійний машинобудівний ліцей"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>1960</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t>ДПТНЗ "ЧПМЛ"</t>
         </is>
       </c>
@@ -889,66 +889,58 @@
           <t>58020</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Чернівці</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Хотинська, 47 Д</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(0372)54-63-02</t>
-[...11 lines deleted...]
-      </c>
+          <t>546302;</t>
+        </is>
+      </c>
+      <c r="Q8" s="5"/>
+      <c r="R8" s="5"/>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Калетник Руслан Вікторович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Чернівецький обласний навчально-курсовий комбінат житлово-комунального господарства"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>5361</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>КЗ "ЧО НКК ЖКГ"</t>
         </is>
       </c>