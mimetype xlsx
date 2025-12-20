--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -1918,51 +1918,51 @@
           <t>м. Новоселиця</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
           <t>вул. 1 Травня, 20</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
           <t>03733 50934</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
           <t>nmkbdmu@ukr.net</t>
         </is>
       </c>
       <c r="R19" s="5" t="inlineStr">
         <is>
           <t>http://medcollege.novoselitsa.cv.ua</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
           <t>Плачінта Ірина Михайлівна</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ закладу вищої освіти "Відкритий міжнародний університет розвитку людини "Україна" Сторожинецький фаховий коледж</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
         <v>1098</v>
       </c>
       <c r="C20" s="6" t="n">
         <v>217</v>
       </c>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <t>Сторожинецький фаховий коледж університету "Україна"</t>