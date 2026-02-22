--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -1640,51 +1640,51 @@
           <t>м. Вашківці</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 13</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
           <t>0373043669</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
           <t>vmk@nurse.co.ua</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
           <t>nurse.co.ua</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
           <t>Макара Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>Вижницький фаховий коледж мистецтв та дизайну імені Василя Шкрібляка</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>397</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <t>ВФКМД</t>
         </is>
       </c>
@@ -2105,51 +2105,51 @@
           <t>вул. Крейтера, 1</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
           <t>(03735) 2-11-75,2 19 08</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
           <t>lisnteh@ukr.net</t>
         </is>
       </c>
       <c r="R21" s="5" t="inlineStr">
         <is>
           <t>stlk.in.ua</t>
         </is>
       </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Прокопенко-Михавків Галина Іванівна</t>
+          <t>Грень Олександр Володимирович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Хотинський фаховий коледж Закладу вищої освіти "Подільський державний університет"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
         <v>1029</v>
       </c>
       <c r="C22" s="6" t="n">
         <v>177</v>
       </c>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <t>ВСП "ХФК ЗВО "ПДУ"</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>Affiliated Unit "Khotyn Vocational College of Higher Educational Institution "Podillia State University"</t>