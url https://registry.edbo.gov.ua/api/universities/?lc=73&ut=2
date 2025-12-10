--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$32</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$33</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V32"/>
+  <dimension ref="A1:V33"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -369,56 +369,56 @@
           <t>58000</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Чернівці</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Головна, 127</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(0372)525355</t>
+          <t>+38(037)-252-53-55</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>vtu3@sacura.net</t>
+          <t>vtu3@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://www.vpu3.cv.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Нікішина Олеся Валентинівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Вище професійне художнє училище №5 м. Чернівці</t>
         </is>
@@ -1077,52 +1077,58 @@
         <is>
           <t>вул. Михайла Глінки, 6</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
           <t>(099)312-08-00</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
           <t>vsa.chernivtsi@gmail.com</t>
         </is>
       </c>
       <c r="R10" s="5"/>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Лакуста Владислав Вадимович</t>
         </is>
       </c>
-      <c r="U10" s="8"/>
-      <c r="V10" s="5"/>
+      <c r="U10" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V10" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>НАВЧАЛЬНИЙ ЗАКЛАД ОБ'ЄДНАННЯ ГРОМАДЯН ЧЕРНІВЕЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>6754</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t>НЗ ОГ "ЧЕРНІВЕЦЬКА АШ ТСО УКРАЇНИ"</t>
         </is>
       </c>
       <c r="E11" s="5"/>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
         <v>1991</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
@@ -2074,58 +2080,54 @@
           <t>60400</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA73060150010043412</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>с-ще Глибока</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>вул. І. Бойка, 4</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>(03734) 24372; 22154</t>
-[...6 lines deleted...]
-      </c>
+          <t>0673720085; 22154;</t>
+        </is>
+      </c>
+      <c r="Q22" s="5"/>
       <c r="R22" s="5"/>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
           <t>Макаревич Микола Васильович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Вище професійне училище №24 м. Заставна Чернівецької області</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>2522</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
@@ -2435,565 +2437,645 @@
         <is>
           <t>kpl_25@bigmir.net</t>
         </is>
       </c>
       <c r="R26" s="5" t="inlineStr">
         <is>
           <t>https://www.kpl25.com/</t>
         </is>
       </c>
       <c r="S26" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
           <t>Чура Ярослав Тадейович</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>Новоселицький міжшкільний навчально-виробничий комбінат</t>
+          <t>Навчальний заклад об"єднання громадян "Кіцманська автомобільна школа Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
-        <v>3072</v>
+        <v>7102</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>Новоселицький МНВК</t>
+          <t>НЗ ОГ КІЦМАНСЬКА АВТОМОБІЛЬНА ШКОЛА ТСО УКРАЇНИ</t>
         </is>
       </c>
       <c r="E27" s="5"/>
       <c r="F27" s="7"/>
       <c r="G27" s="6" t="n">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="H27" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J27" s="5"/>
       <c r="K27" s="7" t="inlineStr">
         <is>
-          <t>60300</t>
+          <t>59300</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
-          <t>UA73060410010023503</t>
+          <t>UA73060290010095467</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
-          <t>м. Новоселиця</t>
+          <t>м. Кіцмань</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 49</t>
+          <t>вул. Сторожинецька, 7Б</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>0(3733)50317</t>
+          <t>(050)691-05-79</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
-          <t>novmnvk@gmail.com</t>
+          <t>stk-kitsman@meta.ua</t>
         </is>
       </c>
       <c r="R27" s="5"/>
       <c r="S27" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Довганюк Сергій Омелянович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Довбинчук Василь Васильович</t>
+        </is>
+      </c>
+      <c r="U27" s="8"/>
+      <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>Сокирянське вище професійне училище</t>
+          <t>Новоселицький міжшкільний навчально-виробничий комбінат</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
-        <v>2035</v>
+        <v>3072</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>Сокирянське ВПУ</t>
-[...6 lines deleted...]
-      </c>
+          <t>Новоселицький МНВК</t>
+        </is>
+      </c>
+      <c r="E28" s="5"/>
       <c r="F28" s="7"/>
       <c r="G28" s="6" t="n">
-        <v>1963</v>
+        <v>2000</v>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J28" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Чернівецької обласної державної адміністрації</t>
+          <t>Відділ освіти районної державної адміністрації</t>
         </is>
       </c>
       <c r="K28" s="7" t="inlineStr">
         <is>
-          <t>60200</t>
+          <t>60300</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
-          <t>UA73040170010044151</t>
+          <t>UA73060410010023503</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
-          <t>м. Сокиряни</t>
+          <t>м. Новоселиця</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
-          <t>вул. Кобилянської, 105</t>
+          <t>вул. Центральна, 49</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>0373921404</t>
+          <t>0(3733)50317</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
-          <t>sokvpu@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>novmnvk@gmail.com</t>
+        </is>
+      </c>
+      <c r="R28" s="5"/>
       <c r="S28" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
-          <t>Бужак Іван Миколайович</t>
-[...3 lines deleted...]
-      <c r="V28" s="5"/>
+          <t>Довганюк Сергій Омелянович</t>
+        </is>
+      </c>
+      <c r="U28" s="8" t="n">
+        <v>43993</v>
+      </c>
+      <c r="V28" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>Сокирянський навчальний центр №67</t>
+          <t>Сокирянське вище професійне училище</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>2378</v>
+        <v>2035</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>Сокирянський НЦ №67</t>
+          <t>Сокирянське ВПУ</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>Sokyrian educational center No. 67</t>
+          <t>Sokyrіany higher professional school</t>
         </is>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="6" t="n">
-        <v>2004</v>
+        <v>1963</v>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J29" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Чернівецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K29" s="7" t="inlineStr">
         <is>
           <t>60200</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
           <t>UA73040170010044151</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
           <t>м. Сокиряни</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>пров. Покровський, 8</t>
+          <t>вул. Кобилянської, 105</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>0373921198</t>
+          <t>0373921404</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
-          <t>vk67_nc@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R29" s="5"/>
+          <t>sokvpu@gmail.com</t>
+        </is>
+      </c>
+      <c r="R29" s="5" t="inlineStr">
+        <is>
+          <t>sokvpu.cv.ua</t>
+        </is>
+      </c>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
-          <t>Красніков Віталій Федорович</t>
+          <t>Бужак Іван Миколайович</t>
         </is>
       </c>
       <c r="U29" s="8"/>
       <c r="V29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>НАВЧАЛЬНИЙ ЗАКЛАД ОБ'ЄДНАННЯ ГРОМАДЯН "СТОРОЖИНЕЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
+          <t>Сокирянський навчальний центр №67</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
-        <v>7293</v>
+        <v>2378</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>НЗОГ “CТОРОЖИНЕЦЬКА АШ ТСО УКРАЇНИ”</t>
-[...2 lines deleted...]
-      <c r="E30" s="5"/>
+          <t>Сокирянський НЦ №67</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>Sokyrian educational center No. 67</t>
+        </is>
+      </c>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J30" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J30" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Чернівецької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K30" s="7" t="inlineStr">
         <is>
-          <t>59000</t>
+          <t>60200</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
-          <t>UA73060490010033552</t>
+          <t>UA73040170010044151</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
-          <t>м. Сторожинець</t>
+          <t>м. Сокиряни</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
-          <t>вул. Чернівецька, 137</t>
+          <t>пров. Покровський, 8</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
-          <t>(066)010-74-09</t>
+          <t>0373921198</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
-          <t>storozhynetska.as@gmail.com</t>
+          <t>vk67_nc@ukr.net</t>
         </is>
       </c>
       <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Балінов Богдан Володимирович</t>
+          <t>Красніков Віталій Федорович</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>Сторожинецький комбінат трудового навчання і технічної творчості молоді</t>
+          <t>НАВЧАЛЬНИЙ ЗАКЛАД ОБ'ЄДНАННЯ ГРОМАДЯН "СТОРОЖИНЕЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
-        <v>4200</v>
+        <v>7293</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>Сторожинецький КТН і ТТМ</t>
+          <t>НЗОГ “CТОРОЖИНЕЦЬКА АШ ТСО УКРАЇНИ”</t>
         </is>
       </c>
       <c r="E31" s="5"/>
       <c r="F31" s="7"/>
       <c r="G31" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J31" s="5"/>
       <c r="K31" s="7" t="inlineStr">
         <is>
           <t>59000</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
           <t>UA73060490010033552</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
           <t>м. Сторожинець</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
-          <t>вул. Б. Хмельницького, 8</t>
+          <t>вул. Чернівецька, 137</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
-          <t>+037(35)-225-91</t>
+          <t>(066)010-74-09</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
-          <t>ktnittm@gmail.com</t>
+          <t>storozhynetska.as@gmail.com</t>
         </is>
       </c>
       <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
-          <t>Павлусик Ірина Вікторівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Балінов Богдан Володимирович</t>
+        </is>
+      </c>
+      <c r="U31" s="8"/>
+      <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>Приватна організація (установа, заклад) «Приватний освітній заклад «Дністровський навчально-курсовий центр»</t>
+          <t>Сторожинецький комбінат трудового навчання і технічної творчості молоді</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>7080</v>
+        <v>4200</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Сторожинецький КТН і ТТМ</t>
         </is>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
       <c r="G32" s="6" t="n">
-        <v>2024</v>
+        <v>1995</v>
       </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J32" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J32" s="5" t="inlineStr">
+        <is>
+          <t>Міська рада</t>
+        </is>
+      </c>
       <c r="K32" s="7" t="inlineStr">
         <is>
-          <t>60032</t>
+          <t>59000</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
-          <t>UA73040110070046115</t>
+          <t>UA73060490010033552</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
-          <t>с. Ширівці</t>
+          <t>м. Сторожинець</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
-          <t>вул. Новоселицька, 12 А</t>
+          <t>вул. Б. Хмельницького, 8</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>+38(066)-701-87-87;</t>
-[...2 lines deleted...]
-      <c r="Q32" s="5"/>
+          <t>+037(35)-225-91</t>
+        </is>
+      </c>
+      <c r="Q32" s="5" t="inlineStr">
+        <is>
+          <t>ktnittm@gmail.com</t>
+        </is>
+      </c>
       <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
+          <t>Павлусик Ірина Вікторівна</t>
+        </is>
+      </c>
+      <c r="U32" s="8" t="n">
+        <v>43508</v>
+      </c>
+      <c r="V32" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="inlineStr">
+        <is>
+          <t>Приватна організація (установа, заклад) «Приватний освітній заклад «Дністровський навчально-курсовий центр»</t>
+        </is>
+      </c>
+      <c r="B33" s="6" t="n">
+        <v>7080</v>
+      </c>
+      <c r="C33" s="6"/>
+      <c r="D33" s="5" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E33" s="5"/>
+      <c r="F33" s="7"/>
+      <c r="G33" s="6" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H33" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I33" s="5" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J33" s="5"/>
+      <c r="K33" s="7" t="inlineStr">
+        <is>
+          <t>60032</t>
+        </is>
+      </c>
+      <c r="L33" s="7" t="inlineStr">
+        <is>
+          <t>UA73040110070046115</t>
+        </is>
+      </c>
+      <c r="M33" s="5" t="inlineStr">
+        <is>
+          <t>Чернівецька обл.</t>
+        </is>
+      </c>
+      <c r="N33" s="5" t="inlineStr">
+        <is>
+          <t>с. Ширівці</t>
+        </is>
+      </c>
+      <c r="O33" s="5" t="inlineStr">
+        <is>
+          <t>вул. Новоселицька, 12 А</t>
+        </is>
+      </c>
+      <c r="P33" s="5" t="inlineStr">
+        <is>
+          <t>+38(066)-701-87-87;</t>
+        </is>
+      </c>
+      <c r="Q33" s="5"/>
+      <c r="R33" s="5"/>
+      <c r="S33" s="5" t="inlineStr">
+        <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T33" s="5" t="inlineStr">
+        <is>
           <t>Колодрібський Григорій Іванович</t>
         </is>
       </c>
-      <c r="U32" s="8"/>
-      <c r="V32" s="5"/>
+      <c r="U33" s="8"/>
+      <c r="V33" s="5"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:V32"/>
+  <autoFilter ref="A1:V33"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>