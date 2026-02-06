--- v1 (2025-12-10)
+++ v2 (2026-02-06)
@@ -1077,58 +1077,52 @@
         <is>
           <t>вул. Михайла Глінки, 6</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
           <t>(099)312-08-00</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
           <t>vsa.chernivtsi@gmail.com</t>
         </is>
       </c>
       <c r="R10" s="5"/>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Лакуста Владислав Вадимович</t>
         </is>
       </c>
-      <c r="U10" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U10" s="8"/>
+      <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>НАВЧАЛЬНИЙ ЗАКЛАД ОБ'ЄДНАННЯ ГРОМАДЯН ЧЕРНІВЕЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>6754</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t>НЗ ОГ "ЧЕРНІВЕЦЬКА АШ ТСО УКРАЇНИ"</t>
         </is>
       </c>
       <c r="E11" s="5"/>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
         <v>1991</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
@@ -2160,62 +2154,62 @@
           <t>59400</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
           <t>UA73060190010067621</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Заставна</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
           <t>вул. Бажанського, 58</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>(03737) 3-10-45</t>
+          <t>+38(050)-672-86-49;</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
-          <t>vpun24@gmail.com</t>
+          <t>maruna.vasuluk@gmail.com</t>
         </is>
       </c>
       <c r="R23" s="5"/>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>Виконуюча обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
           <t>Василик Марина Степанівна</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>НАВЧАЛЬНИЙ ЗАКЛАД ОБ'ЄДНАННЯ ГРОМАДЯН "ЗАСТАВНІВСЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
         <v>7300</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <t>НЗОГ "Заставнівська АШ ТСО України"</t>
         </is>
       </c>
@@ -2408,80 +2402,72 @@
           <t>60100</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
           <t>UA73040030010052462</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
           <t>с-ще Кельменці</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
           <t>вул. Грушевського, 31</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>0373221040; 0373221492</t>
-[...11 lines deleted...]
-      </c>
+          <t>037322-10-40; 0679238076;</t>
+        </is>
+      </c>
+      <c r="Q26" s="5"/>
+      <c r="R26" s="5"/>
       <c r="S26" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
           <t>Чура Ярослав Тадейович</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>Навчальний заклад об"єднання громадян "Кіцманська автомобільна школа Товариства сприяння обороні України"</t>
+          <t>Навчальний заклад об'єднання громадян "Кіцманська автомобільна школа Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
         <v>7102</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <t>НЗ ОГ КІЦМАНСЬКА АВТОМОБІЛЬНА ШКОЛА ТСО УКРАЇНИ</t>
         </is>
       </c>
       <c r="E27" s="5"/>
       <c r="F27" s="7"/>
       <c r="G27" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H27" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>