--- v2 (2026-02-06)
+++ v3 (2026-03-24)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$33</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$34</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V33"/>
+  <dimension ref="A1:V34"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -384,51 +384,51 @@
           <t>м. Чернівці</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Головна, 127</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>+38(037)-252-53-55</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>vtu3@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://www.vpu3.cv.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Нікішина Олеся Валентинівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Вище професійне художнє училище №5 м. Чернівці</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>1798</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ВПХУ №5 м. Чернівці</t>
         </is>
       </c>
@@ -816,51 +816,51 @@
           <t>м. Чернівці</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Руська, 228 Б</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
           <t>0372 545 712</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>ptu13@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
           <t>www.licey-cv.com</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>Тимчасово виконуюча обов'язки директора</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Цимбал Орися Василівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Чернівецький професійний машинобудівний ліцей"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>1960</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t>ДПТНЗ "ЧПМЛ"</t>
         </is>
       </c>
@@ -889,66 +889,66 @@
           <t>58020</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Чернівці</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Хотинська, 47 Д</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(0372)54-63-02</t>
+          <t>+38(037)-254-63-02</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>chpml@ukr.net</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
-          <t>https://chpml.cv.ua</t>
+          <t>chpml.cv.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Калетник Руслан Вікторович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Чернівецький обласний навчально-курсовий комбінат житлово-комунального господарства"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>5361</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>КЗ "ЧО НКК ЖКГ"</t>
         </is>
       </c>
@@ -1917,56 +1917,56 @@
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>с. Ставчани</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
           <t>вул. Ліцейна, 1</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
           <t>0373120285; 0373120288</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
           <t>stav-licey@ukr.net</t>
         </is>
       </c>
       <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
-          <t>В. о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Дячук Андрій Петрович</t>
+          <t>Вепрюк Юрій Михайлович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>Герцаївська автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
         <v>6693</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t>Герцаївська АШ ТСО України</t>
         </is>
       </c>
       <c r="E21" s="5"/>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
         <v>1995</v>
       </c>
@@ -2074,54 +2074,58 @@
           <t>60400</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA73060150010043412</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>с-ще Глибока</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>вул. І. Бойка, 4</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>0673720085; 22154;</t>
-[...2 lines deleted...]
-      <c r="Q22" s="5"/>
+          <t>+38(067)-372-00-85</t>
+        </is>
+      </c>
+      <c r="Q22" s="5" t="inlineStr">
+        <is>
+          <t>hpl1954@ukr.net</t>
+        </is>
+      </c>
       <c r="R22" s="5"/>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
           <t>Макаревич Микола Васильович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Вище професійне училище №24 м. Заставна Чернівецької області</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>2522</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
@@ -2402,55 +2406,63 @@
           <t>60100</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
           <t>UA73040030010052462</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
           <t>с-ще Кельменці</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
           <t>вул. Грушевського, 31</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>037322-10-40; 0679238076;</t>
-[...3 lines deleted...]
-      <c r="R26" s="5"/>
+          <t>+38(037)-322-10-40</t>
+        </is>
+      </c>
+      <c r="Q26" s="5" t="inlineStr">
+        <is>
+          <t>kelmproflyceum25@gmail.com</t>
+        </is>
+      </c>
+      <c r="R26" s="5" t="inlineStr">
+        <is>
+          <t>https://www.kpl25.net/</t>
+        </is>
+      </c>
       <c r="S26" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
           <t>Чура Ярослав Тадейович</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>Навчальний заклад об'єднання громадян "Кіцманська автомобільна школа Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
         <v>7102</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
@@ -2497,52 +2509,58 @@
         <is>
           <t>вул. Сторожинецька, 7Б</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
           <t>(050)691-05-79</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
           <t>stk-kitsman@meta.ua</t>
         </is>
       </c>
       <c r="R27" s="5"/>
       <c r="S27" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
           <t>Довбинчук Василь Васильович</t>
         </is>
       </c>
-      <c r="U27" s="8"/>
-      <c r="V27" s="5"/>
+      <c r="U27" s="8" t="n">
+        <v>46070</v>
+      </c>
+      <c r="V27" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>Новоселицький міжшкільний навчально-виробничий комбінат</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
         <v>3072</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <t>Новоселицький МНВК</t>
         </is>
       </c>
       <c r="E28" s="5"/>
       <c r="F28" s="7"/>
       <c r="G28" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -2593,475 +2611,553 @@
         </is>
       </c>
       <c r="R28" s="5"/>
       <c r="S28" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
           <t>Довганюк Сергій Омелянович</t>
         </is>
       </c>
       <c r="U28" s="8" t="n">
         <v>43993</v>
       </c>
       <c r="V28" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>Сокирянське вище професійне училище</t>
+          <t>Навчальний заклад об`єднання громадян "Сокирянська автомобільна школа Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>2035</v>
+        <v>5017</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>Сокирянське ВПУ</t>
-[...6 lines deleted...]
-      </c>
+          <t>НЗ ОГ "Сокирянська АШ ТСО України"</t>
+        </is>
+      </c>
+      <c r="E29" s="5"/>
       <c r="F29" s="7"/>
-      <c r="G29" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G29" s="6"/>
       <c r="H29" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J29" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Чернівецької обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K29" s="7" t="inlineStr">
         <is>
           <t>60200</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
           <t>UA73040170010044151</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
           <t>м. Сокиряни</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>вул. Кобилянської, 105</t>
+          <t>вул. Коцюбинського, 4</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>0373921404</t>
-[...11 lines deleted...]
-      </c>
+          <t>+380(96)-267-64-14</t>
+        </is>
+      </c>
+      <c r="Q29" s="5"/>
+      <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
-          <t>Бужак Іван Миколайович</t>
+          <t>Чеботков Микола Юхимович</t>
         </is>
       </c>
       <c r="U29" s="8"/>
       <c r="V29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>Сокирянський навчальний центр №67</t>
+          <t>Сокирянське вище професійне училище</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
-        <v>2378</v>
+        <v>2035</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>Сокирянський НЦ №67</t>
+          <t>Сокирянське ВПУ</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>Sokyrian educational center No. 67</t>
+          <t>Sokyrіany higher professional school</t>
         </is>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
-        <v>2004</v>
+        <v>1963</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J30" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Чернівецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K30" s="7" t="inlineStr">
         <is>
           <t>60200</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
           <t>UA73040170010044151</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
           <t>м. Сокиряни</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
-          <t>пров. Покровський, 8</t>
+          <t>вул. Кобилянської, 105</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
-          <t>0373921198</t>
+          <t>0373921404</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
-          <t>vk67_nc@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R30" s="5"/>
+          <t>sokvpu@gmail.com</t>
+        </is>
+      </c>
+      <c r="R30" s="5" t="inlineStr">
+        <is>
+          <t>sokvpu.cv.ua</t>
+        </is>
+      </c>
       <c r="S30" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Красніков Віталій Федорович</t>
+          <t>Бужак Іван Миколайович</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>НАВЧАЛЬНИЙ ЗАКЛАД ОБ'ЄДНАННЯ ГРОМАДЯН "СТОРОЖИНЕЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
+          <t>Сокирянський навчальний центр №67</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
-        <v>7293</v>
+        <v>2378</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>НЗОГ “CТОРОЖИНЕЦЬКА АШ ТСО УКРАЇНИ”</t>
-[...2 lines deleted...]
-      <c r="E31" s="5"/>
+          <t>Сокирянський НЦ №67</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>Sokyrian educational center No. 67</t>
+        </is>
+      </c>
       <c r="F31" s="7"/>
       <c r="G31" s="6" t="n">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J31" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J31" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Чернівецької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K31" s="7" t="inlineStr">
         <is>
-          <t>59000</t>
+          <t>60200</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
-          <t>UA73060490010033552</t>
+          <t>UA73040170010044151</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
-          <t>м. Сторожинець</t>
+          <t>м. Сокиряни</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
-          <t>вул. Чернівецька, 137</t>
+          <t>пров. Покровський, 8</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
-          <t>(066)010-74-09</t>
+          <t>0373921198</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
-          <t>storozhynetska.as@gmail.com</t>
+          <t>vk67_nc@ukr.net</t>
         </is>
       </c>
       <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
-          <t>Балінов Богдан Володимирович</t>
+          <t>Красніков Віталій Федорович</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>Сторожинецький комбінат трудового навчання і технічної творчості молоді</t>
+          <t>НАВЧАЛЬНИЙ ЗАКЛАД ОБ'ЄДНАННЯ ГРОМАДЯН "СТОРОЖИНЕЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>4200</v>
+        <v>7293</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>Сторожинецький КТН і ТТМ</t>
+          <t>НЗОГ “CТОРОЖИНЕЦЬКА АШ ТСО УКРАЇНИ”</t>
         </is>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
       <c r="G32" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J32" s="5"/>
       <c r="K32" s="7" t="inlineStr">
         <is>
           <t>59000</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
           <t>UA73060490010033552</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
           <t>м. Сторожинець</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
-          <t>вул. Б. Хмельницького, 8</t>
+          <t>вул. Чернівецька, 137</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>+037(35)-225-91</t>
+          <t>(066)010-74-09</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
-          <t>ktnittm@gmail.com</t>
+          <t>storozhynetska.as@gmail.com</t>
         </is>
       </c>
       <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
-          <t>Павлусик Ірина Вікторівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Балінов Богдан Володимирович</t>
+        </is>
+      </c>
+      <c r="U32" s="8"/>
+      <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>Приватна організація (установа, заклад) «Приватний освітній заклад «Дністровський навчально-курсовий центр»</t>
+          <t>Сторожинецький комбінат трудового навчання і технічної творчості молоді</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>7080</v>
+        <v>4200</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Сторожинецький КТН і ТТМ</t>
         </is>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
       <c r="G33" s="6" t="n">
-        <v>2024</v>
+        <v>1995</v>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J33" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J33" s="5" t="inlineStr">
+        <is>
+          <t>Міська рада</t>
+        </is>
+      </c>
       <c r="K33" s="7" t="inlineStr">
         <is>
-          <t>60032</t>
+          <t>59000</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
-          <t>UA73040110070046115</t>
+          <t>UA73060490010033552</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Чернівецька обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
-          <t>с. Ширівці</t>
+          <t>м. Сторожинець</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Новоселицька, 12 А</t>
+          <t>вул. Б. Хмельницького, 8</t>
         </is>
       </c>
       <c r="P33" s="5" t="inlineStr">
         <is>
-          <t>+38(066)-701-87-87;</t>
-[...2 lines deleted...]
-      <c r="Q33" s="5"/>
+          <t>+037(35)-225-91</t>
+        </is>
+      </c>
+      <c r="Q33" s="5" t="inlineStr">
+        <is>
+          <t>ktnittm@gmail.com</t>
+        </is>
+      </c>
       <c r="R33" s="5"/>
       <c r="S33" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
+          <t>Павлусик Ірина Вікторівна</t>
+        </is>
+      </c>
+      <c r="U33" s="8" t="n">
+        <v>43508</v>
+      </c>
+      <c r="V33" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="inlineStr">
+        <is>
+          <t>Приватна організація (установа, заклад) «Приватний освітній заклад «Дністровський навчально-курсовий центр»</t>
+        </is>
+      </c>
+      <c r="B34" s="6" t="n">
+        <v>7080</v>
+      </c>
+      <c r="C34" s="6"/>
+      <c r="D34" s="5" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E34" s="5"/>
+      <c r="F34" s="7"/>
+      <c r="G34" s="6" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H34" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I34" s="5" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J34" s="5"/>
+      <c r="K34" s="7" t="inlineStr">
+        <is>
+          <t>60032</t>
+        </is>
+      </c>
+      <c r="L34" s="7" t="inlineStr">
+        <is>
+          <t>UA73040110070046115</t>
+        </is>
+      </c>
+      <c r="M34" s="5" t="inlineStr">
+        <is>
+          <t>Чернівецька обл.</t>
+        </is>
+      </c>
+      <c r="N34" s="5" t="inlineStr">
+        <is>
+          <t>с. Ширівці</t>
+        </is>
+      </c>
+      <c r="O34" s="5" t="inlineStr">
+        <is>
+          <t>вул. Новоселицька, 12 А</t>
+        </is>
+      </c>
+      <c r="P34" s="5" t="inlineStr">
+        <is>
+          <t>+38(066)-701-87-87;</t>
+        </is>
+      </c>
+      <c r="Q34" s="5"/>
+      <c r="R34" s="5"/>
+      <c r="S34" s="5" t="inlineStr">
+        <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T34" s="5" t="inlineStr">
+        <is>
           <t>Колодрібський Григорій Іванович</t>
         </is>
       </c>
-      <c r="U33" s="8"/>
-      <c r="V33" s="5"/>
+      <c r="U34" s="8"/>
+      <c r="V34" s="5"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:V33"/>
+  <autoFilter ref="A1:V34"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>