--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -411,51 +411,51 @@
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Геруш Ігор Васильович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Приватний вищий навчальний заклад "Буковинський університет"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>128</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ПВНЗ “Буковинський університет”</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>Private Higher Educational Institution "Bukovinian University"</t>
         </is>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J3" s="5"/>
       <c r="K3" s="7" t="inlineStr">
         <is>
           <t>58000</t>