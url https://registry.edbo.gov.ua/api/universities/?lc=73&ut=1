--- v1 (2025-12-16)
+++ v2 (2026-03-15)
@@ -576,65 +576,65 @@
           <t>(0372)58-10-60</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>chvmaup@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Поляк Олександра Василівна</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Чернівецький навчально-науковий юридичний інститут Національного університету «Одеська юридична академія»</t>
+          <t>Чернівецький інститут "Одеська юридична академія"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>6915</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
-          <t>Chernivtsi Educational and Scientific Law Institute of the National University "Odesa Law Academy"</t>
+          <t>Chernivtsi Institute "Odesa Law Academy"</t>
         </is>
       </c>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
         <v>2023</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J5" s="5"/>
       <c r="K5" s="7" t="inlineStr">
         <is>
           <t>58002</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>