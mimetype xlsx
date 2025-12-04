--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -380,51 +380,51 @@
           <t>м. Монастирище</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Соборна, 129</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>097 76 21 986</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>dnz_mpl@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>https:www.mpl-dnz.ck.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора ліцею</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Павлученко Сергій Михайлович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Монастирищенський районний спортивно - технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>7264</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>