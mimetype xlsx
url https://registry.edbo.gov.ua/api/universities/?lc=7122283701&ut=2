--- v0 (2025-11-05)
+++ v1 (2026-03-20)
@@ -365,51 +365,51 @@
           <t>20540</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA71020230010019172</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с. Мокра Калигірка</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Шкільна, 21</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(04742)9-99-01</t>
+          <t>+38(047)-429-99-01</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>mkpal@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/brcpoy</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Кошолап Станіслав Васильович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>