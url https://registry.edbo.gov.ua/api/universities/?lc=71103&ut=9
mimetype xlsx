--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -306,131 +306,131 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Канівський фаховий коледж культури і мистецтв Уманського державного педагогічного університету імені Павла Тичини"</t>
+          <t>Відокремлений структурний підрозділ "Канівський фаховий коледж культури і мистецтв Уманського національного університету"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>2615</v>
+        <v>7408</v>
       </c>
       <c r="C2" s="6" t="n">
-        <v>88</v>
+        <v>268</v>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>Канівський фаховий коледж культури і мистецтв</t>
+          <t>ВСП КФККМ УНУ</t>
         </is>
       </c>
       <c r="E2" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Subdivision «Kaniv Vocational College of Culture and Arts of Pavlo Tychyna Uman State Pedagogical University»</t>
+          <t>Separate Structural Subdivision «Kaniv Vocational College of Culture and Arts of Uman National University»</t>
         </is>
       </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>1957</v>
+        <v>2025</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>19003</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA71080150010077910</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Канів</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>вул. Юрія Іллєнка, 24</t>
+          <t>вул. Іллєнка Юрія, 24</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>04736 360 84,</t>
+          <t>+38(047)-363-60-84</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>kaniv-uk@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>www.kukim.org</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Виконувач обов’язків директора</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Біліченко Володимир Петрович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Приватний навчальний заклад "Міжнародний фаховий коледж еколого-інформаційної та медичної безпеки Центрально-Європейського університету"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>540</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ПНЗ "МФКЕІ та МБ ЦЄУ"</t>
         </is>
       </c>