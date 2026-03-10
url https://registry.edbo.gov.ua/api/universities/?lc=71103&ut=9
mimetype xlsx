--- v1 (2025-12-25)
+++ v2 (2026-03-10)
@@ -386,51 +386,51 @@
           <t>м. Канів</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Іллєнка Юрія, 24</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>+38(047)-363-60-84</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>kaniv-uk@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>www.kukim.org</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>В. о. директора</t>
+          <t>Виконувач обов'язків директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Біліченко Володимир Петрович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Приватний навчальний заклад "Міжнародний фаховий коледж еколого-інформаційної та медичної безпеки Центрально-Європейського університету"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>540</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ПНЗ "МФКЕІ та МБ ЦЄУ"</t>
         </is>
       </c>