--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -449,59 +449,59 @@
           <t>18018</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. В'ячеслава Чорновола, 168</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>0472 640432, 691273</t>
-[...7 lines deleted...]
-      <c r="R3" s="5"/>
+          <t>+38(640)-432-69-12</t>
+        </is>
+      </c>
+      <c r="Q3" s="5"/>
+      <c r="R3" s="5" t="inlineStr">
+        <is>
+          <t>https://chvpubt.ck.ua/</t>
+        </is>
+      </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Саюн Олександр Васильович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Черкаської області</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>4469</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>