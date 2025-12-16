--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -558,51 +558,51 @@
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>бульв. Шевченка, 81</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>(0472) 37-21-42, (0472) 35-44-63</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>cic@cdu.edu.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>https://cdu.edu.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Черевко Олександр Володимирович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Черкаський факультет менеджменту і бізнесу Київського університету культури</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>1555</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>310</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>Черкаський факультет МіБ КУК</t>