--- v1 (2025-12-16)
+++ v2 (2026-03-26)
@@ -563,51 +563,51 @@
           <t>бульв. Шевченка, 81</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>(0472) 37-21-42, (0472) 35-44-63</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>cic@cdu.edu.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>https://cdu.edu.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Черевко Олександр Володимирович</t>
+          <t>Руденко Микола Вікторович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Черкаський факультет менеджменту і бізнесу Київського університету культури</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>1555</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>310</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>Черкаський факультет МіБ КУК</t>
         </is>
       </c>
       <c r="E5" s="5"/>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">