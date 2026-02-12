--- v0 (2025-12-09)
+++ v1 (2026-02-12)
@@ -757,51 +757,51 @@
           <t>вул. Надпільна, 226</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
           <t>(0472) 36 07 25</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
           <t>info@chpt.edu.ua</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
           <t>polytechnic.ck.ua</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Богун Максим Михайлович</t>
+          <t>Власенко Тетяна Георгіївна</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Черкаський фаховий коледж Київського університету інтелектуальної власності та права</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>6938</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E7" s="5"/>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
         <v>2023</v>
       </c>