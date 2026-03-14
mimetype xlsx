--- v0 (2026-01-01)
+++ v1 (2026-03-14)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$15</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$14</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V15"/>
+  <dimension ref="A1:V14"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -611,63 +611,59 @@
           <t>18030</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>вул. Подолінського, 20</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>0472 713650</t>
+          <t>+38(050)-130-56-40;</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>dnz.chvpu.21@gmail.com</t>
         </is>
       </c>
-      <c r="R5" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R5" s="5"/>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>В. о. директора</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Березань Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Черкаське вище професійне училище будівельних технологій"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>1830</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
@@ -702,51 +698,55 @@
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
           <t>вул. В'ячеслава Чорновола, 168</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
           <t>+38(640)-432-69-12</t>
         </is>
       </c>
-      <c r="Q6" s="5"/>
+      <c r="Q6" s="5" t="inlineStr">
+        <is>
+          <t>ptu15@ukr.net</t>
+        </is>
+      </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
           <t>https://chvpubt.ck.ua/</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
           <t>Саюн Олександр Васильович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Черкаський професійний автодорожній ліцей"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
@@ -798,56 +798,56 @@
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Онопрієнка, 4</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
           <t>0472335346</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>dnzchpal@gmail.com</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
           <t>http://chpal.edukit.ck.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Філіпова Ольга Олексіївна</t>
+          <t>Сердюченко Ніна Михайлівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Комунальне підприємство "Черкасиелектротранс" Черкаської міської ради"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>3865</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t>КП "ЧЕТС"</t>
         </is>
       </c>
       <c r="E8" s="5"/>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
         <v>2000</v>
       </c>
@@ -1064,473 +1064,389 @@
         <is>
           <t>let@azot.ck.ua</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
           <t>www.azot.ck.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Голова правління</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Скляров Віталій Леонідович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Навчально-методичний центр спеціальної підготовки "Альфа-Захист"</t>
+          <t>Приватне підприємство "ОХОРОННА КОМПАНІЯ ПСБ"</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>4095</v>
+        <v>2016</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>ПП НМЦ СП "Альфа-Захист"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПП "ОХОРОННА КОМПАНІЯ ПСБ"</t>
+        </is>
+      </c>
+      <c r="E11" s="5"/>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J11" s="5"/>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>18000</t>
+          <t>18005</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
-          <t>UA71080490000022110</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
-          <t>Черкаська ОТГ</t>
+          <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>вул. Петровського, 20</t>
+          <t>вул. Рози Люксембург, 31 кім.301</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>067-474-16-43</t>
+          <t>(0472)56-00-70,(0472)31-42-22</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>zahist_center@ukr.net</t>
+          <t>psb_center@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Шпоть Сергій Олександрович</t>
-[...3 lines deleted...]
-      <c r="V11" s="5"/>
+          <t>Ткаченко Борис Іванович</t>
+        </is>
+      </c>
+      <c r="U11" s="8" t="n">
+        <v>43405</v>
+      </c>
+      <c r="V11" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "ОХОРОННА КОМПАНІЯ ПСБ"</t>
+          <t>Регіональний офіс водних ресурсів у Черкаській області</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>2016</v>
+        <v>6503</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>ПП "ОХОРОННА КОМПАНІЯ ПСБ"</t>
+          <t>РОВР у Черкаській області</t>
         </is>
       </c>
       <c r="E12" s="5"/>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J12" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J12" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство захисту довкілля та природних ресурсів України</t>
+        </is>
+      </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>18005</t>
+          <t>18008</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Рози Люксембург, 31 кім.301</t>
+          <t>вул. Смілянська, 118</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>(0472)56-00-70,(0472)31-42-22</t>
+          <t>(047)263-77-98</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>psb_center@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R12" s="5"/>
+          <t>crkovg@ukr.net</t>
+        </is>
+      </c>
+      <c r="R12" s="5" t="inlineStr">
+        <is>
+          <t>crkovr.gov.ua</t>
+        </is>
+      </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>начальник Регіонального офісу водних ресурсів у Черкаській області</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Ткаченко Борис Іванович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Шведенко Микола Миколайович</t>
+        </is>
+      </c>
+      <c r="U12" s="8"/>
+      <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Регіональний офіс водних ресурсів у Черкаській області</t>
+          <t>Товариство з обмеженою відповідальністю "Навчальний заклад "Черкаський навчально-курсовий комбінат"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>6503</v>
+        <v>3896</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>РОВР у Черкаській області</t>
+          <t>ТОВ "Навчальний заклад "Черкаський навчально-курсовий комбінат"</t>
         </is>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J13" s="5"/>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>18008</t>
+          <t>18006</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. Смілянська, 118</t>
+          <t>вул. Сергія Амброса, 100</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>(047)263-77-98</t>
+          <t>(0472) 319-701 (гол.бухгалтер); (0472) 319-702 (заст. директора); (0472) 319-703, (0472) 319-704,(0472) 319-705 (методисти)</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>crkovg@ukr.net</t>
+          <t>nkkosvita@ukr.net</t>
         </is>
       </c>
       <c r="R13" s="5" t="inlineStr">
         <is>
-          <t>crkovr.gov.ua</t>
+          <t>www.nkkosvita.in.ua</t>
         </is>
       </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>начальник Регіонального офісу водних ресурсів у Черкаській області</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Шведенко Микола Миколайович</t>
+          <t>Салейко Світлана Вікторівна</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Навчальний заклад "Черкаський навчально-курсовий комбінат"</t>
+          <t>Черкаська автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>3896</v>
+        <v>4861</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Навчальний заклад "Черкаський навчально-курсовий комбінат"</t>
+          <t>ЧЕРКАСЬКА АВТОШКОЛА ТСОУ</t>
         </is>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="7"/>
-      <c r="G14" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="6"/>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J14" s="5"/>
+      <c r="J14" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>18006</t>
+          <t>18008</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
-          <t>UA71080490010144486</t>
+          <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Сергія Амброса, 100</t>
+          <t>вул. Смілянська, 86</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>(0472) 319-701 (гол.бухгалтер); (0472) 319-702 (заст. директора); (0472) 319-703, (0472) 319-704,(0472) 319-705 (методисти)</t>
+          <t>+047(26)-388-21</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>nkkosvita@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>cherkassy-as-tsou@ukr.net</t>
+        </is>
+      </c>
+      <c r="R14" s="5"/>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>тимчасово виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Салейко Світлана Вікторівна</t>
+          <t>Безенков Володимир Олексійович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
-[...80 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:V15"/>
+  <autoFilter ref="A1:V14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>