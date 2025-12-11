--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$24</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$25</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V24"/>
+  <dimension ref="A1:V25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -306,2161 +306,2253 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад фахової передвищої освіти "Черкаський музичний фаховий коледж ім. С.С. Гулака-Артемовського Черкаської обласної ради"</t>
+          <t>Відокремлений структурний підрозділ "Сєвєродонецький політехнічний фаховий коледж Східноукраїнського національного університету імені Володимира Даля"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>1127</v>
-[...1 lines deleted...]
-      <c r="C2" s="6"/>
+        <v>1028</v>
+      </c>
+      <c r="C2" s="6" t="n">
+        <v>21</v>
+      </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>Черкаський музичний фаховий коледж ім. С.С. Гулака-Артемовського</t>
+          <t>ВСП "СПФК СНУ ім. В.Даля"</t>
         </is>
       </c>
       <c r="E2" s="5" t="inlineStr">
         <is>
-          <t>Municipal institution of professional pre-higher education «Cherkasy Music Professional College named after Semen Hulak-Artemovsky of Cherkasy regional council»</t>
+          <t>Independent department "Severodonetsk Applied College of Technology of Volodymyr Dahl Eastukrainian National University"</t>
         </is>
       </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
-          <t>18000</t>
+          <t>20700</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
-          <t>UA71080490010259590</t>
+          <t>UA71080390010069946</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
-          <t>м. Черкаси</t>
+          <t>м. Сміла</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>вул. Байди Вишневецького, 6</t>
+          <t>вул. Незалежності, 70</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(0472) 374248; 330548; 375501</t>
+          <t>+38(095)-824-51-35</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>muza-priem@ukr.net</t>
+          <t>shmt_snu@i.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
-          <t>www.cherkasy-music-art.org.ua</t>
+          <t>https://deps.snu.edu.ua/uk/spfk/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Хороший Валентин Іванович</t>
+          <t>Жученко Євген Володимирович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж Приватного закладу вищої освіти "Східноєвропейський університет імені Рауфа Аблязова"</t>
+          <t>Комунальний заклад фахової передвищої освіти "Черкаський музичний фаховий коледж ім. С.С. Гулака-Артемовського Черкаської обласної ради"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>1444</v>
-[...3 lines deleted...]
-      </c>
+        <v>1127</v>
+      </c>
+      <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Черкаський музичний фаховий коледж ім. С.С. Гулака-Артемовського</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
-          <t>Professional College of the Private Institution of Higher Education "Rauf Ablyazov East European University"</t>
+          <t>Municipal institution of professional pre-higher education «Cherkasy Music Professional College named after Semen Hulak-Artemovsky of Cherkasy regional council»</t>
         </is>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
-        <v>1997</v>
+        <v>1961</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J3" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J3" s="5" t="inlineStr">
+        <is>
+          <t>Обласна рада</t>
+        </is>
+      </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
-          <t>18036</t>
+          <t>18000</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>вул. Нечуя-Левицького, 16</t>
+          <t>вул. Байди Вишневецького, 6</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>0472 32 64 74</t>
+          <t>(0472) 374248; 330548; 375501</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
-          <t>college-dir@suem.edu.ua</t>
+          <t>muza-priem@ukr.net</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
-          <t>www.suem.edu.ua</t>
+          <t>www.cherkasy-music-art.org.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Новак Анна Валеріївна</t>
+          <t>Хороший Валентин Іванович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Черкаський державний фаховий бізнес-коледж</t>
+          <t>Фаховий коледж Приватного закладу вищої освіти "Східноєвропейський університет імені Рауфа Аблязова"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>831</v>
-[...1 lines deleted...]
-      <c r="C4" s="6"/>
+        <v>1444</v>
+      </c>
+      <c r="C4" s="6" t="n">
+        <v>255</v>
+      </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>ЧДБК</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
-          <t>Cherkasy State Business College</t>
+          <t>Professional College of the Private Institution of Higher Education "Rauf Ablyazov East European University"</t>
         </is>
       </c>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
-        <v>1966</v>
+        <v>1997</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J4" s="5"/>
       <c r="K4" s="7" t="inlineStr">
         <is>
-          <t>18028</t>
+          <t>18036</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
-          <t>UA71080490010144486</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>вул. Вячеслава Чорновола, 243</t>
+          <t>вул. Нечуя-Левицького, 16</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>(0472) 64 05 15, 64 10 00, 64 45 50</t>
+          <t>0472 32 64 74</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>public@csbc.edu.ua</t>
+          <t>college-dir@suem.edu.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
-          <t>csbc.edu.ua</t>
+          <t>www.suem.edu.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Куклін Олег Володимирович</t>
+          <t>Новак Анна Валеріївна</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Черкаський кооперативний економіко-правовий фаховий коледж Полтавського університету економіки і торгівлі</t>
+          <t>Черкаський державний фаховий бізнес-коледж</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>2965</v>
-[...3 lines deleted...]
-      </c>
+        <v>831</v>
+      </c>
+      <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
-          <t>ЧКЕПФК</t>
+          <t>ЧДБК</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
-          <t>Cherkasy Cooperative Professional College of Economic and Law of Poltava University of Economics and Trade</t>
+          <t>Cherkasy State Business College</t>
         </is>
       </c>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
-        <v>1920</v>
+        <v>1966</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J5" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "УКРАЇНСЬКЕ ОБ’ЄДНАННЯ ЗАКЛАДІВ КООПЕРАТИВНОЇ ОСВІТИ"</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K5" s="7" t="inlineStr">
         <is>
-          <t>18008</t>
+          <t>18028</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
-          <t>вул. Смілянська, 92</t>
+          <t>вул. Вячеслава Чорновола, 243</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>(0472) 63-84-80; (0472) 63-87-67</t>
+          <t>(0472) 64 05 15, 64 10 00, 64 45 50</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
-          <t>cherkelc@ukr.net</t>
+          <t>public@csbc.edu.ua</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
-          <t>www.cherkelc.com.ua</t>
+          <t>csbc.edu.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Гасюк Лариса Миколаївна</t>
+          <t>Куклін Олег Володимирович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Черкаський політехнічний фаховий коледж</t>
+          <t>Черкаський кооперативний економіко-правовий фаховий коледж Полтавського університету економіки і торгівлі</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>835</v>
-[...1 lines deleted...]
-      <c r="C6" s="6"/>
+        <v>2965</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>123</v>
+      </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>ЧПФК</t>
+          <t>ЧКЕПФК</t>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
-          <t>Cherkasy Polytechnic Applied College</t>
+          <t>Cherkasy Cooperative Professional College of Economic and Law of Poltava University of Economics and Trade</t>
         </is>
       </c>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
-        <v>1922</v>
+        <v>1920</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J6" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "УКРАЇНСЬКЕ ОБ’ЄДНАННЯ ЗАКЛАДІВ КООПЕРАТИВНОЇ ОСВІТИ"</t>
         </is>
       </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>18000</t>
+          <t>18008</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>вул. Надпільна, 226</t>
+          <t>вул. Смілянська, 92</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>(0472) 36 07 25</t>
+          <t>(0472) 63-84-80; (0472) 63-87-67</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>info@chpt.edu.ua</t>
+          <t>cherkelc@ukr.net</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
-          <t>polytechnic.ck.ua</t>
+          <t>www.cherkelc.com.ua</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Богун Максим Михайлович</t>
+          <t>Гасюк Лариса Миколаївна</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Черкаський фаховий коледж Київського університету інтелектуальної власності та права</t>
+          <t>Черкаський політехнічний фаховий коледж</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>6938</v>
+        <v>835</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E7" s="5"/>
+          <t>ЧПФК</t>
+        </is>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t>Cherkasy Polytechnic Applied College</t>
+        </is>
+      </c>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>2023</v>
+        <v>1922</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J7" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J7" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>18034</t>
+          <t>18000</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>вул. Онопрієнка, 10</t>
+          <t>вул. Надпільна, 226</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>(097)625-98-29</t>
+          <t>(0472) 36 07 25</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>cherkasy.college@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R7" s="5"/>
+          <t>info@chpt.edu.ua</t>
+        </is>
+      </c>
+      <c r="R7" s="5" t="inlineStr">
+        <is>
+          <t>polytechnic.ck.ua</t>
+        </is>
+      </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Андрейчук Андрій Васильович</t>
+          <t>Власенко Тетяна Георгіївна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Черкаський фаховий коледж харчових технологій та бізнесу</t>
+          <t>Черкаський фаховий коледж Київського університету інтелектуальної власності та права</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>832</v>
+        <v>6938</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>ЧФКХТБ</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E8" s="5"/>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>1963</v>
+        <v>2023</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J8" s="5"/>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>18008</t>
+          <t>18034</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Смілянська, 84</t>
+          <t>вул. Онопрієнка, 10</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(0472) 63 87 33</t>
+          <t>(097)625-98-29</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>cpcftb@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>cherkasy.college@gmail.com</t>
+        </is>
+      </c>
+      <c r="R8" s="5"/>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Крикуненко Людмила Олександрівна</t>
-[...3 lines deleted...]
-      <c r="V8" s="5"/>
+          <t>Андрейчук Андрій Васильович</t>
+        </is>
+      </c>
+      <c r="U8" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V8" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Черкаський художньо-технічний фаховий коледж</t>
+          <t>Черкаський фаховий коледж харчових технологій та бізнесу</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>ЧХТФК</t>
+          <t>ЧФКХТБ</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>Cherkasy art-technical Applied College</t>
+          <t>Cherkasy Applied College of Food Technology and Business</t>
         </is>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>1974</v>
+        <v>1963</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>18029</t>
+          <t>18008</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Сумгаїтська, 13</t>
+          <t>вул. Смілянська, 84</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>(0472) 66 16 09</t>
+          <t>(0472) 63 87 33</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>chhtk@ukr.net</t>
+          <t>cpcftb@gmail.com</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>chtk.ck.ua</t>
+          <t>https://ccts.edu.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Серватинський Микола Миколайович</t>
+          <t>Крикуненко Людмила Олександрівна</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Золотоніський фаховий коледж ветеринарної медицини Білоцерківського національного аграрного університету"</t>
+          <t>Черкаський художньо-технічний фаховий коледж</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>524</v>
-[...3 lines deleted...]
-      </c>
+        <v>836</v>
+      </c>
+      <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>ВСП "ЗФКВМ БНАУ"</t>
+          <t>ЧХТФК</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
-          <t>Zolotonosha Professional College of Veterinary Medicine Bila Tserkva National Agrarian University</t>
-[...6 lines deleted...]
-      </c>
+          <t>Cherkasy art-technical Applied College</t>
+        </is>
+      </c>
+      <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>1898</v>
+        <v>1974</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J10" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>19700</t>
+          <t>18029</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
-          <t>UA71040090010057400</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
-          <t>м. Золотоноша</t>
+          <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>вул. Садовий проїзд, 1</t>
+          <t>вул. Сумгаїтська, 13</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>(04737)5-24-57,0473753187</t>
+          <t>(0472) 66 16 09</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>ztvmbtsau@ukr.net</t>
+          <t>chhtk@ukr.net</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
-          <t>http://zfkvm.ukr.education</t>
+          <t>chtk.ck.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>Директор коледжу</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Жало Іван Іванович</t>
+          <t>Серватинський Микола Миколайович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Канівський фаховий коледж культури і мистецтв Уманського державного педагогічного університету імені Павла Тичини"</t>
+          <t>Відокремлений структурний підрозділ "Золотоніський фаховий коледж ветеринарної медицини Білоцерківського національного аграрного університету"</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>2615</v>
+        <v>524</v>
       </c>
       <c r="C11" s="6" t="n">
-        <v>88</v>
+        <v>362</v>
       </c>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>Канівський фаховий коледж культури і мистецтв</t>
+          <t>ВСП "ЗФКВМ БНАУ"</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Subdivision «Kaniv Vocational College of Culture and Arts of Pavlo Tychyna Uman State Pedagogical University»</t>
-[...2 lines deleted...]
-      <c r="F11" s="7"/>
+          <t>Zolotonosha Professional College of Veterinary Medicine Bila Tserkva National Agrarian University</t>
+        </is>
+      </c>
+      <c r="F11" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G11" s="6" t="n">
-        <v>1957</v>
+        <v>1898</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J11" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>19003</t>
+          <t>19700</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
-          <t>UA71080150010077910</t>
+          <t>UA71040090010057400</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
-          <t>м. Канів</t>
+          <t>м. Золотоноша</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>вул. Юрія Іллєнка, 24</t>
+          <t>вул. Садовий проїзд, 1</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>04736 360 84,</t>
+          <t>(04737)5-24-57,0473753187</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>kaniv-uk@ukr.net</t>
+          <t>ztvmbtsau@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
-          <t>www.kukim.org</t>
+          <t>http://zfkvm.ukr.education</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>Виконувач обов’язків директора</t>
+          <t>Директор коледжу</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Біліченко Володимир Петрович</t>
+          <t>Жало Іван Іванович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Приватний навчальний заклад "Міжнародний фаховий коледж еколого-інформаційної та медичної безпеки Центрально-Європейського університету"</t>
+          <t>Відокремлений структурний підрозділ "Канівський фаховий коледж культури і мистецтв Уманського національного університету"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>540</v>
-[...1 lines deleted...]
-      <c r="C12" s="6"/>
+        <v>7408</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>268</v>
+      </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>ПНЗ "МФКЕІ та МБ ЦЄУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E12" s="5"/>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>2009</v>
+        <v>2025</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J12" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J12" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>19001</t>
+          <t>19003</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA71080150010077910</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Канів</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Пилипенка, 14</t>
-[...16 lines deleted...]
-      </c>
+          <t>вул. Іллєнка Юрія, 24</t>
+        </is>
+      </c>
+      <c r="P12" s="5"/>
+      <c r="Q12" s="5"/>
+      <c r="R12" s="5"/>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Кузнєцова Ірина Сергіївна</t>
+          <t>Біліченко Володимир Петрович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ «Смілянський технологічний фаховий коледж Національного університету харчових технологій»</t>
+          <t>Приватний навчальний заклад "Міжнародний фаховий коледж еколого-інформаційної та медичної безпеки Центрально-Європейського університету"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>762</v>
-[...3 lines deleted...]
-      </c>
+        <v>540</v>
+      </c>
+      <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>СТФК НУХТ</t>
+          <t>ПНЗ "МФКЕІ та МБ ЦЄУ"</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>Subdivision "Smila Engineering Professional College, National University of Food Technologies"</t>
+          <t>PRIVATE EDUCATIONAL INSTITUTION «INTERNATIONAL PROFESSIONAL COLLEGE OF ENVIRONMENTAL INFORMATION AND MEDICAL SAFETY OF CENTRAL EUROPEAN UNIVERSITY»</t>
         </is>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1884</v>
+        <v>2009</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J13" s="5"/>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>20700</t>
+          <t>19001</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
-          <t>UA71080390010069946</t>
+          <t>UA71080150010077910</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
-          <t>м. Сміла</t>
+          <t>м. Канів</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. родини Бобринських, 123</t>
+          <t>вул. Пилипенка, 14</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>(04733)4-04-13</t>
+          <t>(047)363-84-11, (068)052-99-21, (050)946-48-15</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>tknuft_smela@ukr.net</t>
+          <t>keitk@ukr.net</t>
         </is>
       </c>
       <c r="R13" s="5" t="inlineStr">
         <is>
-          <t>http://www.stxt.com.ua</t>
+          <t>www.keitk.at.ua</t>
         </is>
       </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Хоменко Олександр Іванович</t>
+          <t>Кузнєцова Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Смілянський промислово-економічний фаховий коледж Черкаського державного технологічного університету"</t>
+          <t>Відокремлений структурний підрозділ «Смілянський технологічний фаховий коледж Національного університету харчових технологій»</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>1047</v>
+        <v>762</v>
       </c>
       <c r="C14" s="6" t="n">
-        <v>248</v>
+        <v>47</v>
       </c>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>ВСП "СПЕФК ЧДТУ"</t>
+          <t>СТФК НУХТ</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>Separate Structurial Unit "Smila Industrial-Economic Professional College of Cherkasy State Technological University"</t>
+          <t>Subdivision "Smila Engineering Professional College, National University of Food Technologies"</t>
         </is>
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>1980</v>
+        <v>1884</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>20706</t>
+          <t>20700</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA71080390010069946</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Сміла</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Кармелюка, 80А</t>
+          <t>вул. родини Бобринських, 123</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>(047)33 28303</t>
+          <t>(04733)4-04-13</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>spefk@chdtu.edu.ua</t>
+          <t>tknuft_smela@ukr.net</t>
         </is>
       </c>
       <c r="R14" s="5" t="inlineStr">
         <is>
-          <t>radiotex.org.ua</t>
+          <t>http://www.stxt.com.ua</t>
         </is>
       </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Кондратенко Григорій Михайлович</t>
+          <t>Хоменко Олександр Іванович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ «Уманський фаховий коледж технологій та бізнесу Уманського національного університету»</t>
+          <t>Відокремлений структурний підрозділ "Смілянський промислово-економічний фаховий коледж Черкаського державного технологічного університету"</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>913</v>
+        <v>1047</v>
       </c>
       <c r="C15" s="6" t="n">
-        <v>268</v>
+        <v>248</v>
       </c>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ВСП "СПЕФК ЧДТУ"</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Department of “Uman Vocational College of Technologies and Bussiness of Uman National University”</t>
+          <t>Separate Structurial Unit "Smila Industrial-Economic Professional College of Cherkasy State Technological University"</t>
         </is>
       </c>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
-        <v>1930</v>
+        <v>1980</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>20300</t>
+          <t>20706</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
-          <t>UA71060210010010251</t>
+          <t>UA71080390010069946</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
-          <t>м. Умань</t>
+          <t>м. Сміла</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>вул. Незалежності, 21</t>
+          <t>вул. Кармелюка, 80А</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>(063)2364438</t>
+          <t>(047)33 28303</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>uatk@it-tim.net</t>
+          <t>spefk@chdtu.edu.ua</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
-          <t>uatk.ck.ua</t>
+          <t>radiotex.org.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Кужель Віталій Володимирович</t>
+          <t>Кондратенко Григорій Михайлович</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Уманський гуманітарно-педагогічний фаховий коледж ім. Т.Г. Шевченка Черкаської обласної ради"</t>
+          <t>Відокремлений структурний підрозділ «Уманський фаховий коледж технологій та бізнесу Уманського національного університету»</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>1082</v>
-[...1 lines deleted...]
-      <c r="C16" s="6"/>
+        <v>913</v>
+      </c>
+      <c r="C16" s="6" t="n">
+        <v>268</v>
+      </c>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>КЗ "Уманський ГПФК ім. Т.Г. Шевченка Черкаської обласної ради"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>Municipal Institution "Uman Taras Shevchenko Professional College of Education and Humanities of Cherkasy Regional Council"</t>
+          <t>Separate Structural Department of “Uman Vocational College of Technologies and Bussiness of Uman National University”</t>
         </is>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>2005</v>
+        <v>1930</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J16" s="5" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K16" s="7" t="inlineStr">
         <is>
           <t>20300</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA71060210010010251</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Умань</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>вул. Небесної Сотні, 33/1</t>
+          <t>вул. Незалежності, 21</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>(04744) 404 76, (068)293-10-93</t>
+          <t>(063)2364438</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>umanpedcollege@it-tim.net, pryimalna_komisiia@ugpk.edu.ua</t>
+          <t>uatk@it-tim.net</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
-          <t>www.ugpk.edu.ua</t>
+          <t>uatk.ck.ua</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Крамська Зоя Михайлівна</t>
+          <t>Кужель Віталій Володимирович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад фахової передвищої освіти "Уманський медичний фаховий коледж Черкаської обласної ради"</t>
+          <t>Комунальний заклад "Уманський гуманітарно-педагогічний фаховий коледж ім. Т.Г. Шевченка Черкаської обласної ради"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>795</v>
+        <v>1082</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>Уманський медичний фаховий коледж</t>
+          <t>КЗ "Уманський ГПФК ім. Т.Г. Шевченка Черкаської обласної ради"</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>Municipal institution of the pre higher professional educanion ”Uman medical professional college of the Chercassy region council”</t>
+          <t>Municipal Institution "Uman Taras Shevchenko Professional College of Education and Humanities of Cherkasy Regional Council"</t>
         </is>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
-        <v>1926</v>
+        <v>2005</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J17" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K17" s="7" t="inlineStr">
         <is>
           <t>20300</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
           <t>UA71060210010010251</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Умань</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Незалежності, 20</t>
+          <t>вул. Небесної Сотні, 33/1</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>(04744) 33195, 04744, 34221, 35521</t>
+          <t>(04744) 404 76, (068)293-10-93</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>umk@online.ua</t>
+          <t>umanpedcollege@it-tim.net, pryimalna_komisiia@ugpk.edu.ua</t>
         </is>
       </c>
       <c r="R17" s="5" t="inlineStr">
         <is>
-          <t>https://www.medical-colege-uman.com.ua</t>
+          <t>www.ugpk.edu.ua</t>
         </is>
       </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Миронюк Тамара Миколаївна</t>
+          <t>Крамська Зоя Михайлівна</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД ФАХОВОЇ ПЕРЕДВИЩОЇ ОСВІТИ "УМАНСЬКИЙ ОБЛАСНИЙ МУЗИЧНИЙ ФАХОВИЙ КОЛЕДЖ ІМ. П.Д. ДЕМУЦЬКОГО ЧЕРКАСЬКОЇ ОБЛАСНОЇ РАДИ"</t>
+          <t>Комунальний заклад фахової передвищої освіти "Уманський медичний фаховий коледж Черкаської обласної ради"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
-          <t>КЗ ФПО "УМАНСЬКИЙ ОМФК ІМ. П.Д. ДЕМУЦЬКОГО ЧЕРКАСЬКОЇ ОБЛАСНОЇ РАДИ"</t>
+          <t>Уманський медичний фаховий коледж</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>MUNICIPAL INSTITUTION OF PROFESSIONAL HIGHER EDUCATION OF THE CHERKASY REGIONAL COUNSIL UMAN REGIONAL PROFESSIONAL MUSIC COLLEGE NAMED AFTER PORPHYRY DEMUTSKY</t>
+          <t>Municipal institution of the pre higher professional educanion ”Uman medical professional college of the Chercassy region council”</t>
         </is>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="6" t="n">
-        <v>1963</v>
+        <v>1926</v>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J18" s="5" t="inlineStr">
         <is>
-          <t>Управління культури та охорони культурної спадщини Черкаської обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K18" s="7" t="inlineStr">
         <is>
           <t>20300</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
           <t>UA71060210010010251</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
           <t>м. Умань</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
-          <t>вул. Садова, 25</t>
+          <t>вул. Незалежності, 20</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>(04744) 3-36-50, 0935196179</t>
+          <t>(04744) 33195, 04744, 34221, 35521</t>
         </is>
       </c>
       <c r="Q18" s="5" t="inlineStr">
         <is>
-          <t>uomu1963@ukr.net</t>
+          <t>umk@online.ua</t>
         </is>
       </c>
       <c r="R18" s="5" t="inlineStr">
         <is>
-          <t>www.umuz.16mb.com</t>
+          <t>https://www.medical-colege-uman.com.ua</t>
         </is>
       </c>
       <c r="S18" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
-          <t>Ряба Інна Миколаївна</t>
+          <t>Миронюк Тамара Миколаївна</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ «Городищенський фаховий коледж Уманського національного університету»</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД ФАХОВОЇ ПЕРЕДВИЩОЇ ОСВІТИ "УМАНСЬКИЙ ОБЛАСНИЙ МУЗИЧНИЙ ФАХОВИЙ КОЛЕДЖ ІМ. П.Д. ДЕМУЦЬКОГО ЧЕРКАСЬКОЇ ОБЛАСНОЇ РАДИ"</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>409</v>
-[...3 lines deleted...]
-      </c>
+        <v>794</v>
+      </c>
+      <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>ВСП «Городищенський фаховий коледж УНУ»</t>
+          <t>КЗ ФПО "УМАНСЬКИЙ ОМФК ІМ. П.Д. ДЕМУЦЬКОГО ЧЕРКАСЬКОЇ ОБЛАСНОЇ РАДИ"</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>Structural subdivision is separated «Horodyshche professional college Uman national university»</t>
+          <t>MUNICIPAL INSTITUTION OF PROFESSIONAL HIGHER EDUCATION OF THE CHERKASY REGIONAL COUNSIL UMAN REGIONAL PROFESSIONAL MUSIC COLLEGE NAMED AFTER PORPHYRY DEMUTSKY</t>
         </is>
       </c>
       <c r="F19" s="7"/>
       <c r="G19" s="6" t="n">
-        <v>1891</v>
+        <v>1963</v>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J19" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Управління культури та охорони культурної спадщини Черкаської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K19" s="7" t="inlineStr">
         <is>
-          <t>19502</t>
+          <t>20300</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
-          <t>UA71080110010037357</t>
+          <t>UA71060210010010251</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
-          <t>м. Городище</t>
+          <t>м. Умань</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>вул. 1 Травня, 42</t>
+          <t>вул. Садова, 25</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>(04734) 2-16-07</t>
+          <t>(04744) 3-36-50, 0935196179</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
-          <t>gorkolleg@gmail.com</t>
+          <t>uomu1963@ukr.net</t>
         </is>
       </c>
       <c r="R19" s="5" t="inlineStr">
         <is>
-          <t>https://gorkolbuh.wixsite.com/gorcoleg</t>
+          <t>www.umuz.16mb.com</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Чепурний Валерій Григорович</t>
+          <t>Ряба Інна Миколаївна</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>Комунальний навчальний заклад фахової передвищої освіти "Корсунь-Шевченківський педагогічний фаховий коледж ім. Т.Г.Шевченка Черкаської обласної ради"</t>
+          <t>Відокремлений структурний підрозділ «Городищенський фаховий коледж Уманського національного університету»</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="C20" s="6"/>
+        <v>409</v>
+      </c>
+      <c r="C20" s="6" t="n">
+        <v>268</v>
+      </c>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>КНЗФПО "КШПФК ім. Т.Г.Шевченка Черкаської обласної ради"</t>
+          <t>ВСП «Городищенський фаховий коледж УНУ»</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>Public Institution of the Pre-Higher Education "The Korsun-Shevchenkivskiy Pedagogical Applied College named after Taras Shevchenko of the Cherkasy Oblast Council"</t>
+          <t>Structural subdivision is separated «Horodyshche professional college Uman national university»</t>
         </is>
       </c>
       <c r="F20" s="7"/>
       <c r="G20" s="6" t="n">
-        <v>1923</v>
+        <v>1891</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J20" s="5" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>19400</t>
+          <t>19502</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
-          <t>UA71080170010098381</t>
+          <t>UA71080110010037357</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
-          <t>м. Корсунь-Шевченківський</t>
+          <t>м. Городище</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 38</t>
+          <t>вул. 1 Травня, 42</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>(04735)2-01-55, 0473523488</t>
+          <t>(04734) 2-16-07</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
-          <t>korsun_college@ukr.net</t>
+          <t>gorkolleg@gmail.com</t>
         </is>
       </c>
       <c r="R20" s="5" t="inlineStr">
         <is>
-          <t>KSHPK.ORG.UA</t>
+          <t>https://gorkolbuh.wixsite.com/gorcoleg</t>
         </is>
       </c>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Семененко Людмила Миколаївна</t>
+          <t>Чепурний Валерій Григорович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Тальнівський будівельно-економічний фаховий коледж Уманського національного університету"</t>
+          <t>Комунальний навчальний заклад фахової передвищої освіти "Корсунь-Шевченківський педагогічний фаховий коледж ім. Т.Г.Шевченка Черкаської обласної ради"</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>770</v>
-[...3 lines deleted...]
-      </c>
+        <v>585</v>
+      </c>
+      <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КНЗФПО "КШПФК ім. Т.Г.Шевченка Черкаської обласної ради"</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>Separate structural department "Talne training college of Building and Economics of Uman National University"</t>
+          <t>Public Institution of the Pre-Higher Education "The Korsun-Shevchenkivskiy Pedagogical Applied College named after Taras Shevchenko of the Cherkasy Oblast Council"</t>
         </is>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>1967</v>
+        <v>1923</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J21" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K21" s="7" t="inlineStr">
         <is>
-          <t>20401</t>
+          <t>19400</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
-          <t>UA71020290010051536</t>
+          <t>UA71080170010098381</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
-          <t>м. Тальне</t>
+          <t>м. Корсунь-Шевченківський</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>вул. Замкова, 93</t>
-[...4 lines deleted...]
-      <c r="R21" s="5"/>
+          <t>вул. Шевченка, 38</t>
+        </is>
+      </c>
+      <c r="P21" s="5" t="inlineStr">
+        <is>
+          <t>(04735)2-01-55, 0473523488</t>
+        </is>
+      </c>
+      <c r="Q21" s="5" t="inlineStr">
+        <is>
+          <t>korsun_college@ukr.net</t>
+        </is>
+      </c>
+      <c r="R21" s="5" t="inlineStr">
+        <is>
+          <t>KSHPK.ORG.UA</t>
+        </is>
+      </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Андрющенко Андрій Миколайович</t>
+          <t>Семененко Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Тальянківський агротехнічний фаховий коледж Уманського національного університету"</t>
+          <t>Відокремлений структурний підрозділ "Тальнівський будівельно-економічний фаховий коледж Уманського національного університету"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="C22" s="6" t="n">
         <v>268</v>
       </c>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Subdivision "Talianky Agro-Technical Professional College of Uman National University"</t>
+          <t>Separate structural department "Talne training college of Building and Economics of Uman National University"</t>
         </is>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
-        <v>1921</v>
+        <v>1967</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J22" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>20434</t>
+          <t>20401</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
-          <t>UA71020290320054359</t>
+          <t>UA71020290010051536</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
-          <t>с. Тальянки</t>
+          <t>м. Тальне</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Свято-Покровська, 80</t>
-[...6 lines deleted...]
-      </c>
+          <t>вул. Замкова, 93</t>
+        </is>
+      </c>
+      <c r="P22" s="5"/>
       <c r="Q22" s="5" t="inlineStr">
         <is>
-          <t>takunus@ukr.net</t>
+          <t>tbec@meta.ua</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
-          <t>http://takunus.co.ua</t>
+          <t>http://tbec.org.ua</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Антошко Віталій Миколайович</t>
+          <t>Андрющенко Андрій Миколайович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Чигиринський економіко-правовий фаховий коледж Уманського національного університету"</t>
+          <t>Відокремлений структурний підрозділ "Тальянківський агротехнічний фаховий коледж Уманського національного університету"</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>1001</v>
+        <v>771</v>
       </c>
       <c r="C23" s="6" t="n">
         <v>268</v>
       </c>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>ВСП "Чигиринський економіко-правовий фаховий коледж УНУ"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>Separated Structural Unit "Chyhyryn Рrofessional College of Economics and Law of Uman National University"</t>
+          <t>Separate Structural Subdivision "Talianky Agro-Technical Professional College of Uman National University"</t>
         </is>
       </c>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
-        <v>1938</v>
+        <v>1921</v>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J23" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K23" s="7" t="inlineStr">
         <is>
-          <t>20901</t>
+          <t>20434</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
-          <t>UA71080510010036826</t>
+          <t>UA71020290320054359</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
-          <t>м. Чигирин</t>
+          <t>с. Тальянки</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>вул. Замкова, 86</t>
+          <t>вул. Свято-Покровська, 80</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>0473025747, 259 81, 266 95</t>
+          <t>0473194244</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
-          <t>chigirincollege@ukr.net</t>
+          <t>takunus@ukr.net</t>
         </is>
       </c>
       <c r="R23" s="5" t="inlineStr">
         <is>
-          <t>http://www.chigcollege.in.ua</t>
+          <t>http://takunus.co.ua</t>
         </is>
       </c>
       <c r="S23" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Поліщук Юрій Адамович</t>
+          <t>Антошко Віталій Миколайович</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ «Шевченківський фаховий коледж Уманського національного університету»</t>
+          <t>Відокремлений структурний підрозділ "Чигиринський економіко-правовий фаховий коледж Уманського національного університету"</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>411</v>
+        <v>1001</v>
       </c>
       <c r="C24" s="6" t="n">
         <v>268</v>
       </c>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>ВСП ШФК УНУ</t>
+          <t>ВСП "Чигиринський економіко-правовий фаховий коледж УНУ"</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Subdivision «Shevchenkivskyi Professional Junior College of Uman National University»</t>
+          <t>Separated Structural Unit "Chyhyryn Рrofessional College of Economics and Law of Uman National University"</t>
         </is>
       </c>
       <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>1929</v>
+        <v>1938</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J24" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K24" s="7" t="inlineStr">
         <is>
-          <t>20214</t>
+          <t>20901</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
-          <t>UA71020310010046026</t>
+          <t>UA71080510010036826</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
-          <t>с. Шевченкове</t>
+          <t>м. Чигирин</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 74</t>
+          <t>вул. Замкова, 86</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>0931462417, 0976370381</t>
+          <t>0473025747, 259 81, 266 95</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>239780@ukr.net</t>
+          <t>chigirincollege@ukr.net</t>
         </is>
       </c>
       <c r="R24" s="5" t="inlineStr">
         <is>
-          <t>http://shevchenkove.org.ua</t>
+          <t>http://www.chigcollege.in.ua</t>
         </is>
       </c>
       <c r="S24" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Шеремет Сергій Анатолійович</t>
+          <t>Поліщук Юрій Адамович</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="inlineStr">
+        <is>
+          <t>Відокремлений структурний підрозділ «Шевченківський фаховий коледж Уманського національного університету»</t>
+        </is>
+      </c>
+      <c r="B25" s="6" t="n">
+        <v>411</v>
+      </c>
+      <c r="C25" s="6" t="n">
+        <v>268</v>
+      </c>
+      <c r="D25" s="5" t="inlineStr">
+        <is>
+          <t>ВСП ШФК УНУ</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>Separate Structural Subdivision «Shevchenkivskyi Professional Junior College of Uman National University»</t>
+        </is>
+      </c>
+      <c r="F25" s="7"/>
+      <c r="G25" s="6" t="n">
+        <v>1929</v>
+      </c>
+      <c r="H25" s="5" t="inlineStr">
+        <is>
+          <t>Заклад фахової передвищої освіти</t>
+        </is>
+      </c>
+      <c r="I25" s="5" t="inlineStr">
+        <is>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J25" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="K25" s="7" t="inlineStr">
+        <is>
+          <t>20214</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="inlineStr">
+        <is>
+          <t>UA71020310010046026</t>
+        </is>
+      </c>
+      <c r="M25" s="5" t="inlineStr">
+        <is>
+          <t>Черкаська обл.</t>
+        </is>
+      </c>
+      <c r="N25" s="5" t="inlineStr">
+        <is>
+          <t>с. Шевченкове</t>
+        </is>
+      </c>
+      <c r="O25" s="5" t="inlineStr">
+        <is>
+          <t>вул. Шевченка, 74</t>
+        </is>
+      </c>
+      <c r="P25" s="5" t="inlineStr">
+        <is>
+          <t>0931462417, 0976370381</t>
+        </is>
+      </c>
+      <c r="Q25" s="5" t="inlineStr">
+        <is>
+          <t>239780@ukr.net</t>
+        </is>
+      </c>
+      <c r="R25" s="5" t="inlineStr">
+        <is>
+          <t>http://shevchenkove.org.ua</t>
+        </is>
+      </c>
+      <c r="S25" s="5" t="inlineStr">
+        <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T25" s="5" t="inlineStr">
+        <is>
+          <t>Шеремет Сергій Анатолійович</t>
+        </is>
+      </c>
+      <c r="U25" s="8"/>
+      <c r="V25" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V24"/>
+  <autoFilter ref="A1:V25"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>