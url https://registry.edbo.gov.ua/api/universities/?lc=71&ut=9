--- v1 (2025-12-11)
+++ v2 (2026-02-12)
@@ -381,51 +381,51 @@
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Сміла</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Незалежності, 70</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>+38(095)-824-51-35</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>shmt_snu@i.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
-          <t>https://deps.snu.edu.ua/uk/spfk/</t>
+          <t>https://www.spfk.org/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Жученко Євген Володимирович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад фахової передвищої освіти "Черкаський музичний фаховий коледж ім. С.С. Гулака-Артемовського Черкаської обласної ради"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>1127</v>
       </c>
       <c r="C3" s="6"/>
@@ -1239,101 +1239,117 @@
           <t>Директор коледжу</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Жало Іван Іванович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Канівський фаховий коледж культури і мистецтв Уманського національного університету"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>7408</v>
       </c>
       <c r="C12" s="6" t="n">
         <v>268</v>
       </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E12" s="5"/>
+          <t>ВСП КФККМ УНУ</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>Separate Structural Subdivision «Kaniv Vocational College of Culture and Arts of Uman National University»</t>
+        </is>
+      </c>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
         <v>2025</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
           <t>19003</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA71080150010077910</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Канів</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
           <t>вул. Іллєнка Юрія, 24</t>
         </is>
       </c>
-      <c r="P12" s="5"/>
-[...1 lines deleted...]
-      <c r="R12" s="5"/>
+      <c r="P12" s="5" t="inlineStr">
+        <is>
+          <t>+38(047)-363-60-84</t>
+        </is>
+      </c>
+      <c r="Q12" s="5" t="inlineStr">
+        <is>
+          <t>kaniv-uk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R12" s="5" t="inlineStr">
+        <is>
+          <t>www.kukim.org</t>
+        </is>
+      </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>В. о. директора</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
           <t>Біліченко Володимир Петрович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Приватний навчальний заклад "Міжнародний фаховий коледж еколого-інформаційної та медичної безпеки Центрально-Європейського університету"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>540</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>