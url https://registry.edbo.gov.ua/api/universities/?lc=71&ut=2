--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -713,59 +713,59 @@
           <t>18018</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
           <t>вул. В'ячеслава Чорновола, 168</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>0472 640432, 691273</t>
-[...7 lines deleted...]
-      <c r="R6" s="5"/>
+          <t>+38(640)-432-69-12</t>
+        </is>
+      </c>
+      <c r="Q6" s="5"/>
+      <c r="R6" s="5" t="inlineStr">
+        <is>
+          <t>https://chvpubt.ck.ua/</t>
+        </is>
+      </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
           <t>Саюн Олександр Васильович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Черкаський професійний автодорожній ліцей"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>1780</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
@@ -1926,51 +1926,51 @@
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>м. Сміла</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
           <t>вул. Мазура, 26</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
           <t>(04733) 2-15-51</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
           <t>smila-centrpprk@ukr.net</t>
         </is>
       </c>
       <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов 'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
           <t>Зборівська Валентина Петрівна</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ - Навчально-курсовий комбінат Приватного підприємства "Центр-Монтаж-Енерго"</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
         <v>6464</v>
       </c>
       <c r="C21" s="6" t="n">
         <v>6441</v>
       </c>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t>ВСП "НКК"</t>
@@ -2094,51 +2094,51 @@
           <t>м. Умань</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>пров. Енергетичний, 5</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
           <t>(04744) 45716, 48321</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
           <t>upl_p@ukr.net</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
           <t>dnzupl.org</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
           <t>Щербак Леонід Іванович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Уманський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>1847</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <t>ДНЗ "Уманський ПАЛ"</t>
         </is>
       </c>
@@ -3378,52 +3378,58 @@
           <t>с. Майданецьке</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
           <t>вул. Гагаріна, 71</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
           <t>+096(22)-792-77</t>
         </is>
       </c>
       <c r="Q37" s="5"/>
       <c r="R37" s="5"/>
       <c r="S37" s="5" t="inlineStr">
         <is>
           <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
           <t>Якименко Ярослав Миколайович</t>
         </is>
       </c>
-      <c r="U37" s="8"/>
-      <c r="V37" s="5"/>
+      <c r="U37" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V37" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>Маньківський міжшкільний навчально-виробничий комбінат</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
         <v>3985</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <t>Маньківський МНВК</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
@@ -3636,51 +3642,51 @@
           <t>м. Монастирище</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
           <t>вул. Соборна, 129</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
           <t>097 76 21 986</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
           <t>dnz_mpl@ukr.net</t>
         </is>
       </c>
       <c r="R40" s="5" t="inlineStr">
         <is>
           <t>https:www.mpl-dnz.ck.ua</t>
         </is>
       </c>
       <c r="S40" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора ліцею</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
           <t>Павлученко Сергій Михайлович</t>
         </is>
       </c>
       <c r="U40" s="8"/>
       <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>Монастирищенський районний спортивно - технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
         <v>7264</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>