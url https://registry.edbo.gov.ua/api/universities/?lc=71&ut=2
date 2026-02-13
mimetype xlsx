--- v1 (2025-12-08)
+++ v2 (2026-02-13)
@@ -306,144 +306,130 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Аварійно-рятувальний загін спеціального призначення Головного управління Державної служби України з надзвичайних ситуацій у Черкаській області</t>
+          <t>АВТОМОБІЛЬНА ШКОЛА ЧЕРКАСЬКОЇ ОБЛАСНОЇ ОРГАНІЗАЦІЇ ВСЕУКРАЇНСЬКОЇ СПІЛКИ АВТОМОБІЛІСТІВ</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>3352</v>
+        <v>7382</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>АРЗ СП ГУ ДСНС України у Черкаській області</t>
-[...6 lines deleted...]
-      </c>
+          <t>АВТОШКОЛА ЧЕРКАСЬКОЇ ОБЛОРГАНІЗАЦІЇ ВСА</t>
+        </is>
+      </c>
+      <c r="E2" s="5"/>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>2005</v>
+        <v>1975</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J2" s="5"/>
       <c r="K2" s="7" t="inlineStr">
         <is>
-          <t>18029</t>
+          <t>18008</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>вул. Лазаренка прикордонника, 1</t>
+          <t>вул. Десантників, 4</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>0472-65-54-87</t>
+          <t>(093)035-78-94</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>np@ck.dsns.gov.ua</t>
+          <t>autoschool_ck@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
-          <t>https://ck.dsns.gov.ua/ua/Navchalniy-punkt-avariyno-ryatuvalnogo-zagonu-specialnogo-priznachennya.html</t>
+          <t>https://www.bca.ck.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Начальник АРЗ СП ГУ ДСНС України у Черкаській області</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Диченко Богдан Михайлович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Савченко Микола Миколайович</t>
+        </is>
+      </c>
+      <c r="U2" s="8"/>
+      <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>АКЦІОНЕРНЕ ТОВАРИСТВО "ЧЕРКАСИОБЛЕНЕРГО"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>5281</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>АТ "ЧЕРКАСИОБЛЕНЕРГО"</t>
         </is>
       </c>
       <c r="E3" s="5"/>
       <c r="F3" s="7"/>
       <c r="G3" s="6"/>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
@@ -1092,112 +1078,116 @@
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Скляров Віталій Леонідович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "Навчально-методичний центр спеціальної підготовки "Альфа-Захист"</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>4095</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t>ПП НМЦ СП "Альфа-Захист"</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>TRAINING AND METHODICAL CENTER FOR SPECIALTRAINING "ALPHA-PROTECTION"</t>
+          <t>TRAINING AND METHODICAL CENTER FOR SPECIAL TRAINING "ALPHA-PROTECTION"</t>
         </is>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
         <v>2013</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J11" s="5"/>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>18000</t>
+          <t>19602</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
-          <t>UA71080490000022110</t>
+          <t>UA71080350010034182</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
-          <t>Черкаська ОТГ</t>
+          <t>с. Руська Поляна</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>вул. Петровського, 20</t>
+          <t>вул. Дорошенка, 37</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>067-474-16-43</t>
+          <t>+38(067)-472-34-79</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
           <t>zahist_center@ukr.net</t>
         </is>
       </c>
-      <c r="R11" s="5"/>
+      <c r="R11" s="5" t="inlineStr">
+        <is>
+          <t>alpha-protection.com.ua</t>
+        </is>
+      </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Шпоть Сергій Олександрович</t>
+          <t>Шпоть Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "ОХОРОННА КОМПАНІЯ ПСБ"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>2016</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t>ПП "ОХОРОННА КОМПАНІЯ ПСБ"</t>
         </is>
       </c>
       <c r="E12" s="5"/>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
         <v>2000</v>
       </c>
@@ -3379,147 +3369,141 @@
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
           <t>вул. Гагаріна, 71</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
           <t>+096(22)-792-77</t>
         </is>
       </c>
       <c r="Q37" s="5"/>
       <c r="R37" s="5"/>
       <c r="S37" s="5" t="inlineStr">
         <is>
           <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
           <t>Якименко Ярослав Миколайович</t>
         </is>
       </c>
       <c r="U37" s="8" t="n">
-        <v>45982</v>
+        <v>46058</v>
       </c>
       <c r="V37" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>Маньківський міжшкільний навчально-виробничий комбінат</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
         <v>3985</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <t>Маньківський МНВК</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J38" s="5" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської районної державної адміністрації Рівненської області</t>
+          <t>Відділ освіти, молоді та спорту Маньківської селищної ради Черкаської області</t>
         </is>
       </c>
       <c r="K38" s="7" t="inlineStr">
         <is>
           <t>20100</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
           <t>UA71060150010031935</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
           <t>с-ще Маньківка</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 45</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
           <t>+047(48)-613-72</t>
         </is>
       </c>
       <c r="Q38" s="5" t="inlineStr">
         <is>
           <t>marvo@ukr.net</t>
         </is>
       </c>
       <c r="R38" s="5"/>
       <c r="S38" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Гутенко Олег Олександрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Бендерський Олександр Васильович</t>
+        </is>
+      </c>
+      <c r="U38" s="8"/>
+      <c r="V38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>Багатопрофільний регіональний центр професійної освіти у Черкаській області</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
         <v>1874</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <t>БРЦПО у Черкаській області</t>
         </is>
       </c>
       <c r="E39" s="5"/>
       <c r="F39" s="7"/>
       <c r="G39" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>