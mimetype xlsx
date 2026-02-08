--- v0 (2025-10-28)
+++ v1 (2026-02-08)
@@ -1004,51 +1004,51 @@
           <t>м. Черкаси</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
           <t>бульв. Шевченка, 81</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
           <t>(0472) 37-21-42, (0472) 35-44-63</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
           <t>cic@cdu.edu.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
           <t>https://cdu.edu.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
           <t>Черевко Олександр Володимирович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Черкаський факультет менеджменту і бізнесу Київського університету культури</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>1555</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>310</v>
       </c>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t>Черкаський факультет МіБ КУК</t>