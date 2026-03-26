--- v1 (2026-02-08)
+++ v2 (2026-03-26)
@@ -1009,51 +1009,51 @@
           <t>бульв. Шевченка, 81</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
           <t>(0472) 37-21-42, (0472) 35-44-63</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
           <t>cic@cdu.edu.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
           <t>https://cdu.edu.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Черевко Олександр Володимирович</t>
+          <t>Руденко Микола Вікторович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Черкаський факультет менеджменту і бізнесу Київського університету культури</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>1555</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>310</v>
       </c>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t>Черкаський факультет МіБ КУК</t>
         </is>
       </c>
       <c r="E10" s="5"/>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">