--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -376,56 +376,56 @@
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с-ще Ярмолинці</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Пушкіна, 2</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(038)532-33-01, (038)533-03-05</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>jpl-2002@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Мельник Василь Михайлович</t>
+          <t>Нарольський Павло Володимирович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Професійно-технічний навчальний заклад Ярмолинецький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>6997</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ПТНЗ Ярмолинецький РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E3" s="5"/>
       <c r="F3" s="7"/>
       <c r="G3" s="6"/>
       <c r="H3" s="5" t="inlineStr">
         <is>