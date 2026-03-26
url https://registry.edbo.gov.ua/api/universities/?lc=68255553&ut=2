--- v0 (2025-10-13)
+++ v1 (2026-03-26)
@@ -369,51 +369,51 @@
           <t>30455</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA68060070010054538</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с-ще Гриців</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Горького, 3</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>0384034354; 0384034365</t>
+          <t>+38(067)-700-35-19;</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>vhpu19@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Слаба Інна Петрівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Грицівське вище професійне училище №38</t>