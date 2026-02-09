--- v0 (2025-10-21)
+++ v1 (2026-02-09)
@@ -454,51 +454,51 @@
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Шепетівка</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>просп. Миру, 23</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>03840 40817, 03840 40821</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>proflicey020@ukr.net</t>
         </is>
       </c>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Чернушич Алла Володимирівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>