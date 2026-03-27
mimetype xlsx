--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -365,54 +365,58 @@
           <t>30000</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA68060270010040268</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Славута</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Ярослава Мудрого, 75</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>80972582069;</t>
-[...2 lines deleted...]
-      <c r="Q2" s="5"/>
+          <t>+38(809)-725-82-06</t>
+        </is>
+      </c>
+      <c r="Q2" s="5" t="inlineStr">
+        <is>
+          <t>slavutskiy_profe@ukr.net</t>
+        </is>
+      </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Ніжнік Надія Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Подільський навчально-технічний центр"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>4970</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">