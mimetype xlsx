--- v0 (2025-10-26)
+++ v1 (2026-03-05)
@@ -380,51 +380,51 @@
           <t>м. Нетішин</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>просп. Незалежності, 2</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>+8(03842) 9-05-15</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>netishynpl23@gmail.com</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://netishyn-proflyceum.edukit.km.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Бабій Ольга Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Центр підготовки персоналу УБ ХАЕС"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>3994</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ТОВ "ЦПП УБ ХАЕС"</t>
         </is>
       </c>