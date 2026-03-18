--- v0 (2025-10-26)
+++ v1 (2026-03-18)
@@ -464,52 +464,58 @@
         <is>
           <t>вул. Крип'якевича, 2-а</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>(097)701-62-10</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>pouahdtc@gmail.com</t>
         </is>
       </c>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Голова організації</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Чорненький Юрій Іванович</t>
         </is>
       </c>
-      <c r="U3" s="8"/>
-      <c r="V3" s="5"/>
+      <c r="U3" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V3" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти “Подільський професійний коледж”</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>2466</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Подільський професійний коледж</t>
         </is>
       </c>
       <c r="E4" s="5"/>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
         <v>1987</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>