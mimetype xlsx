--- v0 (2025-10-18)
+++ v1 (2026-03-23)
@@ -389,51 +389,51 @@
           <t>вул. Шевченка, 12</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>038 497 62 85</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>main@pdatu.edu.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://www.pdatu.edu.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Івановська Алла Миколаївна</t>
+          <t>Зеленський Андрій Вікторович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Кам'янець-Подільська філія Національного університету харчових технологій</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>978</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>47</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>К-ПФНУХТ</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>Kamianetz-Podilsk Branch of the National University of Food Technologies</t>