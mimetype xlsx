--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -547,56 +547,56 @@
           <t>29016</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>Львівське шосе , 51/2</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>0382 725387; 067-9163650;</t>
+          <t>+38(038)-272-53-87</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>hiep@infokom.km.uf</t>
+          <t>uniepkm@gmail.com</t>
         </is>
       </c>
       <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Желавський Олег Борисович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Хмельницька гуманітарно-педагогічна академія</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>112</v>
       </c>