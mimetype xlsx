--- v1 (2025-12-10)
+++ v2 (2026-02-09)
@@ -745,51 +745,51 @@
           <t>просп. Миру, 101-А</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
           <t>(0382) 63-03-05</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
           <t>himaup@ukr.net</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
           <t>http://maup.km.ua</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Білий Леонід Григорович</t>
+          <t>Парандій Валентина Олександрівна</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Хмельницький кооперативний торговельно-економічний інститут</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>254</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t>ХКТЕІ</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t>Khmelnytskyi Cooperative Trade and Economic Institute</t>
         </is>
       </c>