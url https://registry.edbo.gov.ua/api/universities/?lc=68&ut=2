--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$60</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$61</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V60"/>
+  <dimension ref="A1:V61"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -2310,51 +2310,51 @@
           <t>м. Нетішин</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
           <t>просп. Незалежності, 2</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
           <t>+8(03842) 9-05-15</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
           <t>netishynpl23@gmail.com</t>
         </is>
       </c>
       <c r="R25" s="5" t="inlineStr">
         <is>
           <t>http://netishyn-proflyceum.edukit.km.ua/</t>
         </is>
       </c>
       <c r="S25" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
           <t>Бабій Ольга Володимирівна</t>
         </is>
       </c>
       <c r="U25" s="8"/>
       <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Центр підготовки персоналу УБ ХАЕС"</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
         <v>3994</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <t>ТОВ "ЦПП УБ ХАЕС"</t>
         </is>
       </c>
@@ -2470,51 +2470,51 @@
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
           <t>м. Славута</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
           <t>вул. Ярослава Мудрого, 75</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
           <t>80972582069;</t>
         </is>
       </c>
       <c r="Q27" s="5"/>
       <c r="R27" s="5"/>
       <c r="S27" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
           <t>Ніжнік Надія Олександрівна</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Подільський навчально-технічний центр"</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
         <v>4970</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <t>ТОВ "Подільський НТЦ"</t>
         </is>
       </c>
@@ -2649,51 +2649,51 @@
           <t>вул. Івана Франка, 35</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
           <t>(038)54-4-10-42</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
           <t>apl.starokost001@gmail.com</t>
         </is>
       </c>
       <c r="R29" s="5" t="inlineStr">
         <is>
           <t>https://spl001.km.ua/</t>
         </is>
       </c>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
-          <t>Кулинич Світлана Андріївна</t>
+          <t>Солтик Олександр Олександрович</t>
         </is>
       </c>
       <c r="U29" s="8"/>
       <c r="V29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>Міжшкільний ресурсний центр Старокостянтинівської міської ради</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
         <v>2935</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <t>Міжшкільний ресурсний центр Старокостянтинівської міської ради</t>
         </is>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
         <v>1983</v>
       </c>
@@ -2822,2501 +2822,2565 @@
           <t>(097)462-55-81</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
           <t>lyudmila0908@ukr.net</t>
         </is>
       </c>
       <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
           <t>Ващук Людмила Василівна</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічний навчальний заклад Шепетівського міського спортивно-технічного клубу Товариства сприяння обороні України</t>
+          <t>Товариство з обмеженою відповідальністю "Подільський аграрний професійний ліцей"</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>7260</v>
+        <v>6472</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>ПТНЗ Шепетівський СТК ТСОУ</t>
+          <t>ТОВ "Подільський аграрний професійний ліцей"</t>
         </is>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
       <c r="G32" s="6"/>
       <c r="H32" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J32" s="5"/>
       <c r="K32" s="7" t="inlineStr">
         <is>
-          <t>30400</t>
+          <t>31100</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
-          <t>UA68060330010023704</t>
+          <t>UA68040390010084208</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
-          <t>м. Шепетівка</t>
+          <t>м. Старокостянтинів</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
-          <t>вул. Дзявульського, 10</t>
+          <t>вул. Глібова, 9</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>(097)400-61-03</t>
+          <t>+380(96)-157-05-56</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
-          <t>shepetivkamstk@ukr.net</t>
+          <t>podillyceum@gmail.com</t>
         </is>
       </c>
       <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
-          <t>Касянчук Юрій Дмитрович</t>
+          <t>Мялківський Ігор Іванович</t>
         </is>
       </c>
       <c r="U32" s="8"/>
       <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>Шепетівський професійний ліцей</t>
+          <t>Професійно-технічний навчальний заклад Шепетівського міського спортивно-технічного клубу Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>2396</v>
+        <v>7260</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ПТНЗ Шепетівський СТК ТСОУ</t>
         </is>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
-      <c r="G33" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G33" s="6"/>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J33" s="5"/>
       <c r="K33" s="7" t="inlineStr">
         <is>
           <t>30400</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
           <t>UA68060330010023704</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Шепетівка</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>просп. Миру, 23</t>
+          <t>вул. Дзявульського, 10</t>
         </is>
       </c>
       <c r="P33" s="5" t="inlineStr">
         <is>
-          <t>03840 40817, 03840 40821</t>
+          <t>(097)400-61-03</t>
         </is>
       </c>
       <c r="Q33" s="5" t="inlineStr">
         <is>
-          <t>proflicey020@ukr.net</t>
+          <t>shepetivkamstk@ukr.net</t>
         </is>
       </c>
       <c r="R33" s="5"/>
       <c r="S33" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Чернушич Алла Володимирівна</t>
+          <t>Касянчук Юрій Дмитрович</t>
         </is>
       </c>
       <c r="U33" s="8"/>
       <c r="V33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище №36 с. Балин Хмельницької області</t>
+          <t>Шепетівський професійний ліцей</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>2405</v>
+        <v>2396</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>ВПУ №36 с.Балин</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E34" s="5"/>
       <c r="F34" s="7"/>
       <c r="G34" s="6" t="n">
-        <v>1953</v>
+        <v>1979</v>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J34" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>32440</t>
+          <t>30400</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
-          <t>UA68020250020015670</t>
+          <t>UA68060330010023704</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
-          <t>с. Балин</t>
+          <t>м. Шепетівка</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 1 А</t>
+          <t>просп. Миру, 23</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>+380934105094</t>
+          <t>03840 40817, 03840 40821</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>vpu_36@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>proflicey020@ukr.net</t>
+        </is>
+      </c>
+      <c r="R34" s="5"/>
       <c r="S34" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Смолінський Руслан Миколайович</t>
+          <t>Чернушич Алла Володимирівна</t>
         </is>
       </c>
       <c r="U34" s="8"/>
       <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Райківецький навчальний центр № 78"</t>
+          <t>Вище професійне училище №36 с. Балин Хмельницької області</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>5785</v>
+        <v>2405</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Райківецький навчальний центр № 78"</t>
-[...2 lines deleted...]
-      <c r="E35" s="5"/>
+          <t>ВПУ №36 с.Балин</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>Higher vocational school №36, Balyn village, Khmelnitsky region</t>
+        </is>
+      </c>
       <c r="F35" s="7"/>
-      <c r="G35" s="6"/>
+      <c r="G35" s="6" t="n">
+        <v>1953</v>
+      </c>
       <c r="H35" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J35" s="5" t="inlineStr">
         <is>
-          <t>Державна пенітенціарна служба України</t>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K35" s="7" t="inlineStr">
         <is>
-          <t>31356</t>
+          <t>32440</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
-          <t>UA68040110090094939</t>
+          <t>UA68020250020015670</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
-          <t>с. Райківці</t>
+          <t>с. Балин</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>-, -</t>
+          <t>вул. Центральна, 1 А</t>
         </is>
       </c>
       <c r="P35" s="5" t="inlineStr">
         <is>
-          <t>(0382) 62 44 90</t>
-[...3 lines deleted...]
-      <c r="R35" s="5"/>
+          <t>+380934105094</t>
+        </is>
+      </c>
+      <c r="Q35" s="5" t="inlineStr">
+        <is>
+          <t>vpu_36@ukr.net</t>
+        </is>
+      </c>
+      <c r="R35" s="5" t="inlineStr">
+        <is>
+          <t>https://vpu36balin.km.ua</t>
+        </is>
+      </c>
       <c r="S35" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Махмет Ігор Костянтинович</t>
+          <t>Смолінський Руслан Миколайович</t>
         </is>
       </c>
       <c r="U35" s="8"/>
       <c r="V35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>Дочірнє підприємство "Професійно-навчальний центр "Легіонер" приватного підприємства "Легіон"</t>
+          <t>Державний професійно-технічний навчальний заклад "Райківецький навчальний центр № 78"</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>3920</v>
+        <v>5785</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>ДП "ПНЦ "Легіонер"</t>
+          <t>ДПТНЗ "Райківецький навчальний центр № 78"</t>
         </is>
       </c>
       <c r="E36" s="5"/>
       <c r="F36" s="7"/>
-      <c r="G36" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G36" s="6"/>
       <c r="H36" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J36" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J36" s="5" t="inlineStr">
+        <is>
+          <t>Державна пенітенціарна служба України</t>
+        </is>
+      </c>
       <c r="K36" s="7" t="inlineStr">
         <is>
-          <t>31363</t>
+          <t>31356</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
-          <t>UA68040330230073681</t>
+          <t>UA68040110090094939</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
-          <t>с. Ружичанка</t>
+          <t>с. Райківці</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>вул. Леніна, 29</t>
+          <t>-, -</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>066 696 90 99</t>
-[...6 lines deleted...]
-      </c>
+          <t>(0382) 62 44 90</t>
+        </is>
+      </c>
+      <c r="Q36" s="5"/>
       <c r="R36" s="5"/>
       <c r="S36" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Гуцалюк Іван Вікторович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Махмет Ігор Костянтинович</t>
+        </is>
+      </c>
+      <c r="U36" s="8"/>
+      <c r="V36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Білогірський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Дочірнє підприємство "Професійно-навчальний центр "Легіонер" приватного підприємства "Легіон"</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>7009</v>
+        <v>3920</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>Білогірський РСТК ТСОУ</t>
+          <t>ДП "ПНЦ "Легіонер"</t>
         </is>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
       <c r="G37" s="6" t="n">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J37" s="5"/>
       <c r="K37" s="7" t="inlineStr">
         <is>
-          <t>30200</t>
+          <t>31363</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA68060030010060271</t>
+          <t>UA68040330230073681</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
-          <t>с-ще Білогір’я</t>
+          <t>с. Ружичанка</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 60</t>
+          <t>вул. Леніна, 29</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>80384191589;</t>
-[...2 lines deleted...]
-      <c r="Q37" s="5"/>
+          <t>066 696 90 99</t>
+        </is>
+      </c>
+      <c r="Q37" s="5" t="inlineStr">
+        <is>
+          <t>legionkomplex@ukr.net</t>
+        </is>
+      </c>
       <c r="R37" s="5"/>
       <c r="S37" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Ковальський Леонід Олександрович</t>
-[...3 lines deleted...]
-      <c r="V37" s="5"/>
+          <t>Гуцалюк Іван Вікторович</t>
+        </is>
+      </c>
+      <c r="U37" s="8" t="n">
+        <v>44826</v>
+      </c>
+      <c r="V37" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Віньковецький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Білогірський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>4326</v>
+        <v>7009</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>Віньковецький РСТК ТСОУ</t>
+          <t>Білогірський РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J38" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J38" s="5"/>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>32500</t>
+          <t>30200</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
-          <t>UA68040050010054032</t>
+          <t>UA68060030010060271</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
-          <t>с-ще Віньківці</t>
+          <t>с-ще Білогір’я</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. Відродження, 28</t>
+          <t>вул. Шевченка, 60</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>+038(46)-214-97</t>
-[...6 lines deleted...]
-      </c>
+          <t>80384191589;</t>
+        </is>
+      </c>
+      <c r="Q38" s="5"/>
       <c r="R38" s="5"/>
       <c r="S38" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Боднар Василь Михайлович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Ковальський Леонід Олександрович</t>
+        </is>
+      </c>
+      <c r="U38" s="8"/>
+      <c r="V38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Волочиський промислово-аграрний професійний ліцей"</t>
+          <t>Віньковецький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>2279</v>
+        <v>4326</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ ВПАПЛ</t>
+          <t>Віньковецький РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E39" s="5"/>
       <c r="F39" s="7"/>
       <c r="G39" s="6" t="n">
-        <v>1947</v>
+        <v>1995</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J39" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>31200</t>
+          <t>32500</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
-          <t>UA68040090010095929</t>
+          <t>UA68040050010054032</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
-          <t>м. Волочиськ</t>
+          <t>с-ще Віньківці</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>вул. Запорізька, 9</t>
+          <t>вул. Відродження, 28</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>(03845)40698, факс:(03845)40856</t>
+          <t>+038(46)-214-97</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
-          <t>vpapl@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>vndosaaf@meta.ua</t>
+        </is>
+      </c>
+      <c r="R39" s="5"/>
       <c r="S39" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Солтик Сергій Олександрович</t>
-[...3 lines deleted...]
-      <c r="V39" s="5"/>
+          <t>Боднар Василь Михайлович</t>
+        </is>
+      </c>
+      <c r="U39" s="8" t="n">
+        <v>44348</v>
+      </c>
+      <c r="V39" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>НАВЧАЛЬНО-ВИРОБНИЧЕ ПІДПРИЄМСТВО "ВОЛОЧИСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ" ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Державний навчальний заклад "Волочиський промислово-аграрний професійний ліцей"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>7018</v>
+        <v>2279</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>"."</t>
+          <t>ДНЗ ВПАПЛ</t>
         </is>
       </c>
       <c r="E40" s="5"/>
       <c r="F40" s="7"/>
       <c r="G40" s="6" t="n">
-        <v>1975</v>
+        <v>1947</v>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J40" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J40" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K40" s="7" t="inlineStr">
         <is>
           <t>31200</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
           <t>UA68040090010095929</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Волочиськ</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. Музейна, 11а</t>
+          <t>вул. Запорізька, 9</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>(067)182-09-00</t>
+          <t>(03845)40698, факс:(03845)40856</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>volochiskrstk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R40" s="5"/>
+          <t>vpapl@i.ua</t>
+        </is>
+      </c>
+      <c r="R40" s="5" t="inlineStr">
+        <is>
+          <t>https://vpapl05.km.ua/</t>
+        </is>
+      </c>
       <c r="S40" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Франков Антон Ришардович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Солтик Сергій Олександрович</t>
+        </is>
+      </c>
+      <c r="U40" s="8"/>
+      <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>ГОРОДОЦЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>НАВЧАЛЬНО-ВИРОБНИЧЕ ПІДПРИЄМСТВО "ВОЛОЧИСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ" ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>7015</v>
+        <v>7018</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>ГОРОДОЦЬКИЙ СТК ТСОУ</t>
+          <t>"."</t>
         </is>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="7"/>
       <c r="G41" s="6" t="n">
-        <v>1995</v>
+        <v>1975</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J41" s="5"/>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>32000</t>
+          <t>31200</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
-          <t>UA68040130010039416</t>
+          <t>UA68040090010095929</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
-          <t>м. Городок</t>
+          <t>м. Волочиськ</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>пров. Терешкової, 5</t>
+          <t>вул. Музейна, 11а</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>(067)381-20-15</t>
+          <t>(067)182-09-00</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
-          <t>avtochkolagorodok@gmail.com</t>
+          <t>volochiskrstk@ukr.net</t>
         </is>
       </c>
       <c r="R41" s="5"/>
       <c r="S41" s="5" t="inlineStr">
         <is>
-          <t>ДИРЕКТОР</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>РИНДА ВОЛОДИМИР ВОЛОДИМИРОВИЧ</t>
-[...3 lines deleted...]
-      <c r="V41" s="5"/>
+          <t>Франков Антон Ришардович</t>
+        </is>
+      </c>
+      <c r="U41" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V41" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>Вище художнє професійне училище №19 смт. Гриців Шепетівський район Хмельницька область</t>
+          <t>ГОРОДОЦЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>2393</v>
+        <v>7015</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>ВХПУ 19</t>
-[...6 lines deleted...]
-      </c>
+          <t>ГОРОДОЦЬКИЙ СТК ТСОУ</t>
+        </is>
+      </c>
+      <c r="E42" s="5"/>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
-        <v>1975</v>
+        <v>1995</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J42" s="5"/>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>30455</t>
+          <t>32000</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
-          <t>UA68060070010054538</t>
+          <t>UA68040130010039416</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
-          <t>с-ще Гриців</t>
+          <t>м. Городок</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Горького, 3</t>
+          <t>пров. Терешкової, 5</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>0384034354; 0384034365</t>
+          <t>(067)381-20-15</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>vhpu19@ukr.net</t>
+          <t>avtochkolagorodok@gmail.com</t>
         </is>
       </c>
       <c r="R42" s="5"/>
       <c r="S42" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>ДИРЕКТОР</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Слаба Інна Петрівна</t>
+          <t>РИНДА ВОЛОДИМИР ВОЛОДИМИРОВИЧ</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Грицівське вище професійне училище №38</t>
+          <t>Вище художнє професійне училище №19 смт. Гриців Шепетівський район Хмельницька область</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>2538</v>
+        <v>2393</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>Грицівське ВПУ-38</t>
+          <t>ВХПУ 19</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>Higher vocational school of Hrytsiv №38</t>
+          <t>Higher professional art school №19 Grytsiv Shepetovsky district Khmelnytsky region</t>
         </is>
       </c>
       <c r="F43" s="7"/>
       <c r="G43" s="6" t="n">
-        <v>2000</v>
+        <v>1975</v>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J43" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K43" s="7" t="inlineStr">
         <is>
           <t>30455</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
           <t>UA68060070010054538</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
           <t>с-ще Гриців</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Ломоносова, 10</t>
+          <t>вул. Горького, 3</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>(03840) 3 44 91, 3 43 04</t>
+          <t>0384034354; 0384034365</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
-          <t>gvvpu38@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>vhpu19@ukr.net</t>
+        </is>
+      </c>
+      <c r="R43" s="5"/>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Зарудзей Олександр Іванович</t>
+          <t>Слаба Інна Петрівна</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Деражнянський центр професійної освіти"</t>
+          <t>Грицівське вище професійне училище №38</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>2394</v>
+        <v>2538</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Деражнянський ЦПО"</t>
-[...2 lines deleted...]
-      <c r="E44" s="5"/>
+          <t>Грицівське ВПУ-38</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>Higher vocational school of Hrytsiv №38</t>
+        </is>
+      </c>
       <c r="F44" s="7"/>
       <c r="G44" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J44" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K44" s="7" t="inlineStr">
         <is>
-          <t>32200</t>
+          <t>30455</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
-          <t>UA68040150010024820</t>
+          <t>UA68060070010054538</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
-          <t>м. Деражня</t>
+          <t>с-ще Гриців</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>вул. Миру, 177А</t>
+          <t>вул. Ломоносова, 10</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>+38(097)-525-71-61;</t>
-[...3 lines deleted...]
-      <c r="R44" s="5"/>
+          <t>(03840) 3 44 91, 3 43 04</t>
+        </is>
+      </c>
+      <c r="Q44" s="5" t="inlineStr">
+        <is>
+          <t>gvvpu38@gmail.com</t>
+        </is>
+      </c>
+      <c r="R44" s="5" t="inlineStr">
+        <is>
+          <t>https://vpu38.km.ua/</t>
+        </is>
+      </c>
       <c r="S44" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Дащенко Віталій Віталійович</t>
+          <t>Зарудзей Олександр Іванович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>ПРОФЕСІЙНО -ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД ДЕРАЖНЯНСЬКИЙ СПОРТИВНО -ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Державний навчальний заклад "Деражнянський центр професійної освіти"</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>7021</v>
+        <v>2394</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>ПТНЗ СТК ТСОУ</t>
+          <t>ДНЗ "Деражнянський ЦПО"</t>
         </is>
       </c>
       <c r="E45" s="5"/>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J45" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J45" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K45" s="7" t="inlineStr">
         <is>
           <t>32200</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
           <t>UA68040150010024820</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>м. Деражня</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Промислова, 10</t>
+          <t>вул. Миру, 177А</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>(068)013-92-02</t>
-[...6 lines deleted...]
-      </c>
+          <t>+38(097)-525-71-61;</t>
+        </is>
+      </c>
+      <c r="Q45" s="5"/>
       <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>ФУРМАН ВІТАЛІЙ ДМИТРОВИЧ</t>
+          <t>Дащенко Віталій Віталійович</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>ПРОФЕСІЙНО-ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД ДУНАЄВЕЦЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>ПРОФЕСІЙНО -ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД ДЕРАЖНЯНСЬКИЙ СПОРТИВНО -ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>7027</v>
+        <v>7021</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>ПТНЗ ДУНАЄВЕЦЬКИЙ РСТК ТСОУ</t>
+          <t>ПТНЗ СТК ТСОУ</t>
         </is>
       </c>
       <c r="E46" s="5"/>
       <c r="F46" s="7"/>
-      <c r="G46" s="6"/>
+      <c r="G46" s="6" t="n">
+        <v>1995</v>
+      </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J46" s="5"/>
       <c r="K46" s="7" t="inlineStr">
         <is>
-          <t>32400</t>
+          <t>32200</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
-          <t>UA68020050010075833</t>
+          <t>UA68040150010024820</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
-          <t>м. Дунаївці</t>
+          <t>м. Деражня</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Франца Лендера, 41</t>
+          <t>вул. Промислова, 10</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>(068)529-99-63</t>
+          <t>(068)013-92-02</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>jasinska0302199101@ukr.net</t>
+          <t>stktsouder@gmail.com</t>
         </is>
       </c>
       <c r="R46" s="5"/>
       <c r="S46" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Романюк Андрій Вікторович</t>
+          <t>ФУРМАН ВІТАЛІЙ ДМИТРОВИЧ</t>
         </is>
       </c>
       <c r="U46" s="8"/>
       <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Замковий навчальний центр № 58"</t>
+          <t>ПРОФЕСІЙНО-ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД ДУНАЄВЕЦЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>5777</v>
+        <v>7027</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>ЗНЦ № 58</t>
+          <t>ПТНЗ ДУНАЄВЕЦЬКИЙ РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="7"/>
       <c r="G47" s="6"/>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J47" s="5"/>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>30300</t>
+          <t>32400</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA68060090010061527</t>
+          <t>UA68020050010075833</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
-          <t>м. Ізяслав</t>
+          <t>м. Дунаївці</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>вул. Патріотів, 2</t>
+          <t>вул. Франца Лендера, 41</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>03852 4 06 51</t>
+          <t>(068)529-99-63</t>
         </is>
       </c>
       <c r="Q47" s="5" t="inlineStr">
         <is>
-          <t>zns_58@ukr.net</t>
+          <t>jasinska0302199101@ukr.net</t>
         </is>
       </c>
       <c r="R47" s="5"/>
       <c r="S47" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Василюк Валерій Вікторович</t>
+          <t>Романюк Андрій Вікторович</t>
         </is>
       </c>
       <c r="U47" s="8"/>
       <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>ІЗЯСЛАВСЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Державний професійно-технічний навчальний заклад "Замковий навчальний центр № 58"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>7023</v>
+        <v>5777</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>ІЗЯСЛАВСЬКИЙ СТК ТСОУ</t>
+          <t>ЗНЦ № 58</t>
         </is>
       </c>
       <c r="E48" s="5"/>
       <c r="F48" s="7"/>
-      <c r="G48" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G48" s="6"/>
       <c r="H48" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J48" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J48" s="5" t="inlineStr">
+        <is>
+          <t>Департамент України з питань виконання покарань</t>
+        </is>
+      </c>
       <c r="K48" s="7" t="inlineStr">
         <is>
           <t>30300</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
           <t>UA68060090010061527</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
           <t>м. Ізяслав</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>Острозька, 35</t>
+          <t>вул. Патріотів, 2</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>(096)488-79-66</t>
+          <t>03852 4 06 51</t>
         </is>
       </c>
       <c r="Q48" s="5" t="inlineStr">
         <is>
-          <t>Izyslav35@ukr.net</t>
+          <t>zns_58@ukr.net</t>
         </is>
       </c>
       <c r="R48" s="5"/>
       <c r="S48" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Нестерчук Василь Адамович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Василюк Валерій Вікторович</t>
+        </is>
+      </c>
+      <c r="U48" s="8"/>
+      <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>"Шепетівський навчальний центр № 98"</t>
+          <t>ІЗЯСЛАВСЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>5776</v>
+        <v>7023</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>"ШНЦ № 98"</t>
+          <t>ІЗЯСЛАВСЬКИЙ СТК ТСОУ</t>
         </is>
       </c>
       <c r="E49" s="5"/>
       <c r="F49" s="7"/>
-      <c r="G49" s="6"/>
+      <c r="G49" s="6" t="n">
+        <v>1995</v>
+      </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J49" s="5"/>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>30430</t>
+          <t>30300</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA68060290090041367</t>
+          <t>UA68060090010061527</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
-          <t>с. Климентовичі</t>
+          <t>м. Ізяслав</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>-, -</t>
+          <t>Острозька, 35</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>03840 4 08 14</t>
+          <t>(096)488-79-66</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
-          <t>qsujkm@ukr.net</t>
+          <t>Izyslav35@ukr.net</t>
         </is>
       </c>
       <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Новіцький Володимир Вікторович</t>
+          <t>Нестерчук Василь Адамович</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Теофіпольський професійний аграрно-промисловий ліцей"</t>
+          <t>"Шепетівський навчальний центр № 98"</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>2478</v>
+        <v>5776</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ТПАПЛ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>"ШНЦ № 98"</t>
+        </is>
+      </c>
+      <c r="E50" s="5"/>
       <c r="F50" s="7"/>
-      <c r="G50" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G50" s="6"/>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J50" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>30664</t>
+          <t>30430</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
-          <t>UA68040450230067212</t>
+          <t>UA68060290090041367</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
-          <t>с. Коров’є</t>
+          <t>с. Климентовичі</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Заводська, 14</t>
+          <t>-, -</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>9-35-87</t>
+          <t>03840 4 08 14</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
-          <t>teofipolpal@gmail.com</t>
+          <t>qsujkm@ukr.net</t>
         </is>
       </c>
       <c r="R50" s="5"/>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>т.в.о.директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Гладищук Павло Васильович</t>
+          <t>Новіцький Володимир Вікторович</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Красилівський професійний ліцей"</t>
+          <t>Державний навчальний заклад "Теофіпольський професійний аграрно-промисловий ліцей"</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>2437</v>
+        <v>2478</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "КПЛ"</t>
+          <t>ДНЗ "ТПАПЛ"</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>State Professional Technical Educational Establishment "Krasyliv Professional Lyceum"</t>
+          <t>State educational institution Teofipolskiy professional agro-industrial Lyceum</t>
         </is>
       </c>
       <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
-        <v>1970</v>
+        <v>1954</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>31000</t>
+          <t>30664</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
-          <t>UA68040210010032567</t>
+          <t>UA68040450230067212</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
-          <t>м. Красилів</t>
+          <t>с. Коров’є</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 38</t>
+          <t>вул. Заводська, 14</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>03855 4 41 67</t>
+          <t>9-35-87</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>valeovita@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>teofipolpal@gmail.com</t>
+        </is>
+      </c>
+      <c r="R51" s="5"/>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>т.в.о.директора</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Маланчак Леся Іванівна</t>
+          <t>Гладищук Павло Васильович</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Лісоводський професійний аграрний ліцей"</t>
+          <t>Державний професійно-технічний навчальний заклад "Красилівський професійний ліцей"</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>2896</v>
+        <v>2437</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>Лісоводський ПАЛ</t>
-[...2 lines deleted...]
-      <c r="E52" s="5"/>
+          <t>ДПТНЗ "КПЛ"</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>State Professional Technical Educational Establishment "Krasyliv Professional Lyceum"</t>
+        </is>
+      </c>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
         <v>1970</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J52" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>32046</t>
+          <t>31000</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA68040130210022684</t>
+          <t>UA68040210010032567</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
-          <t>с. Лісоводи</t>
+          <t>м. Красилів</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Сугерова, 2</t>
-[...4 lines deleted...]
-      <c r="R52" s="5"/>
+          <t>вул. Центральна, 38</t>
+        </is>
+      </c>
+      <c r="P52" s="5" t="inlineStr">
+        <is>
+          <t>03855 4 41 67</t>
+        </is>
+      </c>
+      <c r="Q52" s="5" t="inlineStr">
+        <is>
+          <t>valeovita@ukr.net</t>
+        </is>
+      </c>
+      <c r="R52" s="5" t="inlineStr">
+        <is>
+          <t>https://www.dptnzlicey.info/</t>
+        </is>
+      </c>
       <c r="S52" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Романчук Сергій Петрович</t>
+          <t>Маланчак Леся Іванівна</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Новоселицький професійно-технічний аграрний ліцей"</t>
+          <t>Державний навчальний заклад "Лісоводський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>3845</v>
+        <v>2896</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Новоселицький ПТАЛ"</t>
+          <t>Лісоводський ПАЛ</t>
         </is>
       </c>
       <c r="E53" s="5"/>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>2000</v>
+        <v>1970</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J53" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J53" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K53" s="7" t="inlineStr">
         <is>
-          <t>31162</t>
+          <t>32046</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
-          <t>UA68040290110040628</t>
+          <t>UA68040130210022684</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
-          <t>с. Новоселиця</t>
+          <t>с. Лісоводи</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Студенська, 12</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Сугерова, 2</t>
+        </is>
+      </c>
+      <c r="P53" s="5"/>
+      <c r="Q53" s="5"/>
       <c r="R53" s="5"/>
       <c r="S53" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Хомяк Володимир Володимирович</t>
+          <t>Романчук Сергій Петрович</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Плужненський професійний аграрний ліцей</t>
+          <t>Товариство з обмеженою відповідальністю "Новоселицький професійно-технічний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>2402</v>
+        <v>3845</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>Плуженський ПАЛ</t>
+          <t>ТОВ "Новоселицький ПТАЛ"</t>
         </is>
       </c>
       <c r="E54" s="5"/>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>1954</v>
+        <v>2000</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J54" s="5"/>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>30320</t>
+          <t>31162</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
-          <t>UA68060190010049660</t>
+          <t>UA68040290110040628</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
-          <t>с. Плужне</t>
+          <t>с. Новоселиця</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. -, -</t>
+          <t>вул. Студенська, 12</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>(03852) 3 11 98, 4 13 45</t>
+          <t>(067)588-52-15</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>ppal33@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>tovnptal@i.ua</t>
+        </is>
+      </c>
+      <c r="R54" s="5"/>
       <c r="S54" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Краснолуцький Олег Васильович</t>
+          <t>Хомяк Володимир Володимирович</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Полонський агропромисловий центр професійної освіти"</t>
+          <t>Плужненський професійний аграрний ліцей</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>2403</v>
+        <v>2402</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>.ДНЗ "Полонський АЦПО"</t>
+          <t>Плуженський ПАЛ</t>
         </is>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="7"/>
       <c r="G55" s="6" t="n">
-        <v>1984</v>
+        <v>1954</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J55" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>30500</t>
+          <t>30320</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
-          <t>UA68060210010068447</t>
+          <t>UA68060190010049660</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
-          <t>м. Полонне</t>
+          <t>с. Плужне</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. Юзькова, 48</t>
+          <t>вул. -, -</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>(03843) 2-02-86, 7-12-93</t>
+          <t>(03852) 3 11 98, 4 13 45</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>ppal035@ukr.net</t>
+          <t>ppal33@ukr.net</t>
         </is>
       </c>
       <c r="R55" s="5" t="inlineStr">
         <is>
-          <t>https://polacpo.km.ua</t>
+          <t>http://ppal.22web.org/</t>
         </is>
       </c>
       <c r="S55" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Станіслав Тарас Григорович</t>
+          <t>Краснолуцький Олег Васильович</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Чемеровецький ліцей №1 Чемеровецької селищної ради Хмельницької області</t>
+          <t>Державний навчальний заклад "Полонський агропромисловий центр професійної освіти"</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>4345</v>
+        <v>2403</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>Чемеровецький ліцей №1</t>
-[...6 lines deleted...]
-      </c>
+          <t>.ДНЗ "Полонський АЦПО"</t>
+        </is>
+      </c>
+      <c r="E56" s="5"/>
       <c r="F56" s="7"/>
       <c r="G56" s="6" t="n">
-        <v>2000</v>
+        <v>1984</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J56" s="5" t="inlineStr">
         <is>
-          <t>Селищна рада</t>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K56" s="7" t="inlineStr">
         <is>
-          <t>31600</t>
+          <t>30500</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
-          <t>UA68020290010030473</t>
+          <t>UA68060210010068447</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
-          <t>с-ще Чемерівці</t>
+          <t>м. Полонне</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 46</t>
+          <t>вул. Юзькова, 48</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>+380679136199</t>
+          <t>(03843) 2-02-86, 7-12-93</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>nvk1chem2020@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R56" s="5"/>
+          <t>ppal035@ukr.net</t>
+        </is>
+      </c>
+      <c r="R56" s="5" t="inlineStr">
+        <is>
+          <t>https://polacpo.km.ua</t>
+        </is>
+      </c>
       <c r="S56" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Собань Тіна Василівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Станіслав Тарас Григорович</t>
+        </is>
+      </c>
+      <c r="U56" s="8"/>
+      <c r="V56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>Чорноострівський професійний аграрний ліцей</t>
+          <t>Чемеровецький ліцей №1 Чемеровецької селищної ради Хмельницької області</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
-        <v>2485</v>
+        <v>4345</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>Чорноострівський ПАЛ</t>
-[...2 lines deleted...]
-      <c r="E57" s="5"/>
+          <t>Чемеровецький ліцей №1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>Chemerivtsi Lyceym No 1 Chemerivtsi village council Khmelnytsky region</t>
+        </is>
+      </c>
       <c r="F57" s="7"/>
       <c r="G57" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H57" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J57" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+          <t>Селищна рада</t>
         </is>
       </c>
       <c r="K57" s="7" t="inlineStr">
         <is>
-          <t>31310</t>
+          <t>31600</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
-          <t>UA68040490010048380</t>
+          <t>UA68020290010030473</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
-          <t>с-ще Чорний Острів</t>
+          <t>с-ще Чемерівці</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>вул. Жовтнева, 1</t>
+          <t>вул. Центральна, 46</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>0382 622 187</t>
+          <t>+380679136199</t>
         </is>
       </c>
       <c r="Q57" s="5" t="inlineStr">
         <is>
-          <t>agrolicei39@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>nvk1chem2020@gmail.com</t>
+        </is>
+      </c>
+      <c r="R57" s="5"/>
       <c r="S57" s="5" t="inlineStr">
         <is>
-          <t>Тимчасово виконуюча обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T57" s="5" t="inlineStr">
         <is>
-          <t>Яремчук Світлана Олексіївна</t>
-[...3 lines deleted...]
-      <c r="V57" s="5"/>
+          <t>Собань Тіна Василівна</t>
+        </is>
+      </c>
+      <c r="U57" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V57" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Ярмолинецький агропромисловий центр професійної освіти"</t>
+          <t>Чорноострівський професійний аграрний ліцей</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
-        <v>2399</v>
+        <v>2485</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Чорноострівський ПАЛ</t>
         </is>
       </c>
       <c r="E58" s="5"/>
       <c r="F58" s="7"/>
       <c r="G58" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J58" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K58" s="7" t="inlineStr">
         <is>
-          <t>32100</t>
+          <t>31310</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
-          <t>UA68040530010073509</t>
+          <t>UA68040490010048380</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
-          <t>с-ще Ярмолинці</t>
+          <t>с-ще Чорний Острів</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Пушкіна, 2</t>
+          <t>вул. Жовтнева, 1</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>(038)532-33-01, (038)533-03-05</t>
-[...6 lines deleted...]
-      </c>
+          <t>623187;</t>
+        </is>
+      </c>
+      <c r="Q58" s="5"/>
       <c r="R58" s="5"/>
       <c r="S58" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Тимчасово виконуюча обов'язки директора</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
-          <t>Мельник Василь Михайлович</t>
+          <t>Яремчук Світлана Олексіївна</t>
         </is>
       </c>
       <c r="U58" s="8"/>
       <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічний навчальний заклад Ярмолинецький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Державний навчальний заклад "Ярмолинецький агропромисловий центр професійної освіти"</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
-        <v>6997</v>
+        <v>2399</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>ПТНЗ Ярмолинецький РСТК ТСОУ</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E59" s="5"/>
       <c r="F59" s="7"/>
-      <c r="G59" s="6"/>
+      <c r="G59" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J59" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J59" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K59" s="7" t="inlineStr">
         <is>
           <t>32100</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
           <t>UA68040530010073509</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
           <t>с-ще Ярмолинці</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
-          <t>вул. Чапаєва, 42 а</t>
+          <t>вул. Пушкіна, 2</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>(098)257-40-78</t>
+          <t>(038)532-33-01, (038)533-03-05</t>
         </is>
       </c>
       <c r="Q59" s="5" t="inlineStr">
         <is>
-          <t>yarmol.rstk@ukr.net</t>
+          <t>jpl-2002@ukr.net</t>
         </is>
       </c>
       <c r="R59" s="5"/>
       <c r="S59" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
-          <t>Трембач Микола Іванович</t>
+          <t>Нарольський Павло Володимирович</t>
         </is>
       </c>
       <c r="U59" s="8"/>
       <c r="V59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>Ярмолинецький технологічний ліцей Ярмолинецької районної ради Хмельницької області</t>
+          <t>Професійно-технічний навчальний заклад Ярмолинецький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B60" s="6" t="n">
-        <v>4333</v>
+        <v>6997</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
-          <t>Ярмолинецький технологічний ліцей</t>
+          <t>ПТНЗ Ярмолинецький РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E60" s="5"/>
       <c r="F60" s="7"/>
-      <c r="G60" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G60" s="6"/>
       <c r="H60" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I60" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J60" s="5"/>
       <c r="K60" s="7" t="inlineStr">
         <is>
           <t>32100</t>
         </is>
       </c>
       <c r="L60" s="7" t="inlineStr">
         <is>
           <t>UA68040530010073509</t>
         </is>
       </c>
       <c r="M60" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N60" s="5" t="inlineStr">
         <is>
           <t>с-ще Ярмолинці</t>
         </is>
       </c>
       <c r="O60" s="5" t="inlineStr">
         <is>
-          <t>вул. Пушкіна, 4</t>
+          <t>вул. Чапаєва, 42 а</t>
         </is>
       </c>
       <c r="P60" s="5" t="inlineStr">
         <is>
-          <t>+038(53)-231-93</t>
+          <t>(098)257-40-78</t>
         </is>
       </c>
       <c r="Q60" s="5" t="inlineStr">
         <is>
-          <t>yarm.list16@gmail.com</t>
+          <t>yarmol.rstk@ukr.net</t>
         </is>
       </c>
       <c r="R60" s="5"/>
       <c r="S60" s="5" t="inlineStr">
         <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T60" s="5" t="inlineStr">
+        <is>
+          <t>Трембач Микола Іванович</t>
+        </is>
+      </c>
+      <c r="U60" s="8"/>
+      <c r="V60" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="inlineStr">
+        <is>
+          <t>Ярмолинецький технологічний ліцей Ярмолинецької районної ради Хмельницької області</t>
+        </is>
+      </c>
+      <c r="B61" s="6" t="n">
+        <v>4333</v>
+      </c>
+      <c r="C61" s="6"/>
+      <c r="D61" s="5" t="inlineStr">
+        <is>
+          <t>Ярмолинецький технологічний ліцей</t>
+        </is>
+      </c>
+      <c r="E61" s="5"/>
+      <c r="F61" s="7"/>
+      <c r="G61" s="6" t="n">
+        <v>2001</v>
+      </c>
+      <c r="H61" s="5" t="inlineStr">
+        <is>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+        </is>
+      </c>
+      <c r="I61" s="5" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J61" s="5" t="inlineStr">
+        <is>
+          <t>Районна державна адміністрація</t>
+        </is>
+      </c>
+      <c r="K61" s="7" t="inlineStr">
+        <is>
+          <t>32100</t>
+        </is>
+      </c>
+      <c r="L61" s="7" t="inlineStr">
+        <is>
+          <t>UA68040530010073509</t>
+        </is>
+      </c>
+      <c r="M61" s="5" t="inlineStr">
+        <is>
+          <t>Хмельницька обл.</t>
+        </is>
+      </c>
+      <c r="N61" s="5" t="inlineStr">
+        <is>
+          <t>с-ще Ярмолинці</t>
+        </is>
+      </c>
+      <c r="O61" s="5" t="inlineStr">
+        <is>
+          <t>вул. Пушкіна, 4</t>
+        </is>
+      </c>
+      <c r="P61" s="5" t="inlineStr">
+        <is>
+          <t>+038(53)-231-93</t>
+        </is>
+      </c>
+      <c r="Q61" s="5" t="inlineStr">
+        <is>
+          <t>yarm.list16@gmail.com</t>
+        </is>
+      </c>
+      <c r="R61" s="5"/>
+      <c r="S61" s="5" t="inlineStr">
+        <is>
           <t>Тимчасово виконуючий обов`язки</t>
         </is>
       </c>
-      <c r="T60" s="5" t="inlineStr">
+      <c r="T61" s="5" t="inlineStr">
         <is>
           <t>Нестер Дмитро Миколайович</t>
         </is>
       </c>
-      <c r="U60" s="8" t="n">
+      <c r="U61" s="8" t="n">
         <v>44239</v>
       </c>
-      <c r="V60" s="5" t="inlineStr">
+      <c r="V61" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:V60"/>
+  <autoFilter ref="A1:V61"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>