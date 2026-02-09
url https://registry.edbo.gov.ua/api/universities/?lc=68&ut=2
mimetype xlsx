--- v1 (2025-12-08)
+++ v2 (2026-02-09)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$61</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$60</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V61"/>
+  <dimension ref="A1:V60"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -306,5081 +306,4991 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Аварійно-рятувальний загін спеціального призначення Головного управління державної служби України з надзвичайних ситуацій у Хмельницькій області</t>
+          <t>Акціонерне товариство "Хмельницькобленерго"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>3163</v>
+        <v>6760</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>АРЗ СП ГУ ДСНС України у Хмельницькій області</t>
-[...2 lines deleted...]
-      <c r="E2" s="5"/>
+          <t>АТ "Хмельницькобленерго"</t>
+        </is>
+      </c>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t>JOINT STOCK COMPANY "KHMELNYTSKOBLENERGO"</t>
+        </is>
+      </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J2" s="5"/>
       <c r="K2" s="7" t="inlineStr">
         <is>
-          <t>29008</t>
+          <t>29018</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>вул. Героїв Чорнобиля, 1/2</t>
+          <t>вул. Храновського, 11А</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>0382 63 01 03</t>
-[...3 lines deleted...]
-      <c r="R2" s="5"/>
+          <t>(038)278-78-59</t>
+        </is>
+      </c>
+      <c r="Q2" s="5" t="inlineStr">
+        <is>
+          <t>kanc@hoe.com.ua</t>
+        </is>
+      </c>
+      <c r="R2" s="5" t="inlineStr">
+        <is>
+          <t>https://hoe.com.ua</t>
+        </is>
+      </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Начальник Аварійно-рятувального загону спеціального призначення Головного управління ДСНС України у Хмельницькій області</t>
+          <t>В.о генерального директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Борисенко Олександр Олександрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Козачук Олег Іванович</t>
+        </is>
+      </c>
+      <c r="U2" s="8"/>
+      <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>Акціонерне товариство "Хмельницькобленерго"</t>
+          <t>Вище професійне училище № 25 м. Хмельницького</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>6760</v>
+        <v>2400</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>АТ "Хмельницькобленерго"</t>
+          <t>ВПУ № 25</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
-          <t>JOINT STOCK COMPANY "KHMELNYTSKOBLENERGO"</t>
+          <t>Khmelnytsky higher vocational school №25</t>
         </is>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
-        <v>1995</v>
+        <v>1987</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J3" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J3" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
-          <t>29018</t>
+          <t>29000</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>вул. Храновського, 11А</t>
+          <t>просп. Миру, 61/3</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>(038)278-78-59</t>
+          <t>(0382) 74-24-25, (0382) 63-24-73</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
-          <t>kanc@hoe.com.ua</t>
+          <t>vpu25_hm@ukr.net</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
-          <t>https://hoe.com.ua</t>
+          <t>vpu25.km.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>В.о генерального директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Козачук Олег Іванович</t>
+          <t>Загіка Олена Олегівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище № 25 м. Хмельницького</t>
+          <t>Вище професійне училище №4 м. Хмельницького</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>2400</v>
+        <v>2374</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>ВПУ № 25</t>
-[...6 lines deleted...]
-      </c>
+          <t>ВПУ №4</t>
+        </is>
+      </c>
+      <c r="E4" s="5"/>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
-        <v>1987</v>
+        <v>2000</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K4" s="7" t="inlineStr">
         <is>
-          <t>29000</t>
+          <t>29016</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>просп. Миру, 61/3</t>
+          <t>вул. Інститутська, 10</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>(0382) 74-24-25, (0382) 63-24-73</t>
+          <t>03827 2 76 31, 03822 2 33 34</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>vpu25_hm@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>vpu-4@ukr.net</t>
+        </is>
+      </c>
+      <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Загіка Олена Олегівна</t>
+          <t>Михайлов Сергій Володимирович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище №4 м. Хмельницького</t>
+          <t>Державний навчальний заклад "Вище професійне училище №11 м. Хмельницького"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>2374</v>
+        <v>2404</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
-          <t>ВПУ №4</t>
-[...2 lines deleted...]
-      <c r="E5" s="5"/>
+          <t>ДНЗ "ВПУ №11 м. Хмельницького"</t>
+        </is>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t>State educational institution Higher Specialized School m. Khmelnitsky</t>
+        </is>
+      </c>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
-        <v>2000</v>
+        <v>1966</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J5" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K5" s="7" t="inlineStr">
         <is>
           <t>29016</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
-          <t>вул. Інститутська, 10</t>
+          <t>вул. Тернопільська, 15/2</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>03827 2 76 31, 03822 2 33 34</t>
+          <t>0382 670 186</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
-          <t>vpu-4@ukr.net</t>
+          <t>vpu11khm@ukr.net</t>
         </is>
       </c>
       <c r="R5" s="5"/>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Михайлов Сергій Володимирович</t>
+          <t>Селізар Василь Михайлович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Вище професійне училище №11 м. Хмельницького"</t>
+          <t>Державний навчальний заклад "Хмельницький центр професійно-технічної освіти сфери послуг"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>2404</v>
+        <v>2401</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ВПУ №11 м. Хмельницького"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "Хмельницький ЦПТО СП"</t>
+        </is>
+      </c>
+      <c r="E6" s="5"/>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
         <v>1966</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>29016</t>
+          <t>29017</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>вул. Тернопільська, 15/2</t>
+          <t>вул. Панаса Мирного, 5</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>0382 670 186</t>
+          <t>0382 630 543</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>vpu11khm@ukr.net</t>
+          <t>hcptosp@ukr.net</t>
         </is>
       </c>
       <c r="R6" s="5"/>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Селізар Василь Михайлович</t>
+          <t>Царьова Євеліна Сергіївна</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Хмельницький центр професійно-технічної освіти сфери послуг"</t>
+          <t>Мале приватне підприємство "Правозахист"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>2401</v>
+        <v>5693</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Хмельницький ЦПТО СП"</t>
+          <t>МПП "Правозахист"</t>
         </is>
       </c>
       <c r="E7" s="5"/>
       <c r="F7" s="7"/>
-      <c r="G7" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G7" s="6"/>
       <c r="H7" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J7" s="5"/>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>29017</t>
+          <t>29013</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>вул. Панаса Мирного, 5</t>
+          <t>вул. Проскурівського підпілля, 82/1 кв. 27</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>0382 630 543</t>
+          <t>(0382) 75 24 74</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>hcptosp@ukr.net</t>
+          <t>pravozahyst-hm@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5"/>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Царьова Євеліна Сергіївна</t>
+          <t>Гуменюк Оксана Йосипівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Мале приватне підприємство "Правозахист"</t>
+          <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Хмельницької області</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>5693</v>
+        <v>4395</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>МПП "Правозахист"</t>
+          <t>НМЦ ЦЗ та БДЖ Хмельницької області</t>
         </is>
       </c>
       <c r="E8" s="5"/>
       <c r="F8" s="7"/>
-      <c r="G8" s="6"/>
+      <c r="G8" s="6" t="n">
+        <v>2002</v>
+      </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J8" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J8" s="5" t="inlineStr">
+        <is>
+          <t>Державна служба України з надзвичайних ситуацій</t>
+        </is>
+      </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>29013</t>
+          <t>29000</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Проскурівського підпілля, 82/1 кв. 27</t>
+          <t>вул. Кам`янецька, 257/1</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(0382) 75 24 74</t>
-[...6 lines deleted...]
-      </c>
+          <t>03822-20483; 03822-20029;</t>
+        </is>
+      </c>
+      <c r="Q8" s="5"/>
       <c r="R8" s="5"/>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Начальник</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Гуменюк Оксана Йосипівна</t>
+          <t>Мул Альона Миколаївна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Хмельницької області</t>
+          <t>Приватне підприємство "Безпека-комплекс О.Г.Б."</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>4395</v>
+        <v>2974</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>НМЦ ЦЗ та БДЖ Хмельницької області</t>
+          <t>ПП "Безпека-комплекс О.Г.Б."</t>
         </is>
       </c>
       <c r="E9" s="5"/>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J9" s="5"/>
       <c r="K9" s="7" t="inlineStr">
         <is>
           <t>29000</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Кам`янецька, 257/1</t>
+          <t>вул. Проскурівська, 21/31, кв.35</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>03822-20483; 03822-20029;</t>
-[...2 lines deleted...]
-      <c r="Q9" s="5"/>
+          <t>(0382)2-50-71, (067)755-74-48</t>
+        </is>
+      </c>
+      <c r="Q9" s="5" t="inlineStr">
+        <is>
+          <t>balov-security@mail.ru</t>
+        </is>
+      </c>
       <c r="R9" s="5"/>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Начальник</t>
+          <t>директор ПП "Безпека-комплекс О.Г.Б."</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Мул Альона Миколаївна</t>
-[...3 lines deleted...]
-      <c r="V9" s="5"/>
+          <t>Балов Олександр Генадійович</t>
+        </is>
+      </c>
+      <c r="U9" s="8" t="n">
+        <v>43223</v>
+      </c>
+      <c r="V9" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Безпека-комплекс О.Г.Б."</t>
+          <t>Професійно-технічний навчальний заклад - Хмельницька об’єднана технічна школа Товариства сприяння оборони України</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>2974</v>
+        <v>6740</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>ПП "Безпека-комплекс О.Г.Б."</t>
+          <t>ПТНЗ Хмельницька ОТШ ТСОУ</t>
         </is>
       </c>
       <c r="E10" s="5"/>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J10" s="5"/>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>29000</t>
+          <t>29017</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>вул. Проскурівська, 21/31, кв.35</t>
+          <t>просп. Миру, 63</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>(0382)2-50-71, (067)755-74-48</t>
+          <t>(068)561-26-49</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>balov-security@mail.ru</t>
+          <t>otsh-tsou@ukr.net</t>
         </is>
       </c>
       <c r="R10" s="5"/>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>директор ПП "Безпека-комплекс О.Г.Б."</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Балов Олександр Генадійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Пахарук Олександр Андрійович</t>
+        </is>
+      </c>
+      <c r="U10" s="8"/>
+      <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічний навчальний заклад - Хмельницька об’єднана технічна школа Товариства сприяння оборони України</t>
+          <t>Учбовий центр житлово-комунального господарства</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>6740</v>
+        <v>3267</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>ПТНЗ Хмельницька ОТШ ТСОУ</t>
+          <t>Учбовий центр житлово-комунального господарства</t>
         </is>
       </c>
       <c r="E11" s="5"/>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J11" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>29017</t>
+          <t>29000</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>просп. Миру, 63</t>
+          <t>вул. Свободи, 37</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>(068)561-26-49</t>
+          <t>0382 79 47 99, 79 53 99</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>otsh-tsou@ukr.net</t>
+          <t>ucgkg@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Пахарук Олександр Андрійович</t>
+          <t>Радомський Віктор Станіславович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Учбовий центр житлово-комунального господарства</t>
+          <t>Хмельницьке комунальне підприємство "Електротранс"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>3267</v>
+        <v>4280</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>Учбовий центр житлово-комунального господарства</t>
+          <t>Хмельницьке комунальне підприємство "Електротранс"</t>
         </is>
       </c>
       <c r="E12" s="5"/>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>29000</t>
+          <t>29016</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Свободи, 37</t>
+          <t>вул. Тернопільська, 15/2</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>0382 79 47 99, 79 53 99</t>
+          <t>+038(26)-718-45</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>ucgkg@ukr.net</t>
+          <t>hkpeltrans@ukr.net</t>
         </is>
       </c>
       <c r="R12" s="5"/>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Радомський Віктор Станіславович</t>
+          <t>Бобух Сергій Олександрович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Хмельницьке комунальне підприємство "Електротранс"</t>
+          <t>Хмельницький міжшкільний навчально-виробничий комбінат</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>4280</v>
+        <v>2868</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>Хмельницьке комунальне підприємство "Електротранс"</t>
+          <t>ХМНВК</t>
         </is>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>29016</t>
+          <t>29000</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. Тернопільська, 15/2</t>
+          <t>вул. Проскурівська, 61</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>+038(26)-718-45</t>
+          <t>0382 65 83 82</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>hkpeltrans@ukr.net</t>
+          <t>nkk_km61@ukr.net</t>
         </is>
       </c>
       <c r="R13" s="5"/>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуючий обов`язки директора</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Бобух Сергій Олександрович</t>
-[...3 lines deleted...]
-      <c r="V13" s="5"/>
+          <t>Кріуліна Олена Володимирівна</t>
+        </is>
+      </c>
+      <c r="U13" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V13" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Хмельницький міжшкільний навчально-виробничий комбінат</t>
+          <t>"Хмельницький навчальний центр"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>2868</v>
+        <v>4296</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>ХМНВК</t>
+          <t>ПП "Хмельницький навчальний центр"</t>
         </is>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J14" s="5"/>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>29000</t>
+          <t>31336</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
-          <t>UA68040470010096613</t>
+          <t>UA68040470240061055</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
-          <t>м. Хмельницький</t>
+          <t>с. Шаровечка</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Проскурівська, 61</t>
+          <t>., .</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>0382 65 83 82</t>
-[...6 lines deleted...]
-      </c>
+          <t>+038(67)-161-1</t>
+        </is>
+      </c>
+      <c r="Q14" s="5"/>
       <c r="R14" s="5"/>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов`язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Кріуліна Олена Володимирівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Янчевський Микола Альфредович</t>
+        </is>
+      </c>
+      <c r="U14" s="8"/>
+      <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>"Хмельницький навчальний центр"</t>
+          <t>Хмельницький обласний спортивно-технічний клуб Товариства сприяння оборони України</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>4296</v>
+        <v>7017</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>ПП "Хмельницький навчальний центр"</t>
+          <t>Хмельницький ОСТК ТСОУ</t>
         </is>
       </c>
       <c r="E15" s="5"/>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
-        <v>2002</v>
+        <v>1993</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J15" s="5"/>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>31336</t>
+          <t>29000</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
-          <t>UA68040470240061055</t>
+          <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
-          <t>с. Шаровечка</t>
+          <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>., .</t>
+          <t>вул. Камянецька, 96</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>+038(67)-161-1</t>
-[...2 lines deleted...]
-      <c r="Q15" s="5"/>
+          <t>(068)111-20-11</t>
+        </is>
+      </c>
+      <c r="Q15" s="5" t="inlineStr">
+        <is>
+          <t>kmostk96@gmail.com</t>
+        </is>
+      </c>
       <c r="R15" s="5"/>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Янчевський Микола Альфредович</t>
+          <t>Шепель Микола Павлович</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Хмельницький обласний спортивно-технічний клуб Товариства сприяння оборони України</t>
+          <t>Хмельницький професійний ліцей</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>7017</v>
+        <v>2397</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>Хмельницький ОСТК ТСОУ</t>
+          <t>Хмельницький професійний ліцей</t>
         </is>
       </c>
       <c r="E16" s="5"/>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>1993</v>
+        <v>2003</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J16" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J16" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K16" s="7" t="inlineStr">
         <is>
           <t>29000</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>вул. Камянецька, 96</t>
+          <t>вул. Озерна, 8</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>(068)111-20-11</t>
+          <t>0382 630 412</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>kmostk96@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R16" s="5"/>
+          <t>liceum.km008@ukr.net</t>
+        </is>
+      </c>
+      <c r="R16" s="5" t="inlineStr">
+        <is>
+          <t>http://proflicey008.km.ua/6.html</t>
+        </is>
+      </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Шепель Микола Павлович</t>
+          <t>Станіслав Григорій Васильович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Хмельницький професійний ліцей</t>
+          <t>Хмельницький професійний ліцей електроніки</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>2397</v>
+        <v>2892</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>Хмельницький професійний ліцей</t>
+          <t>ХПЛЕ</t>
         </is>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
-        <v>2003</v>
+        <v>1975</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J17" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K17" s="7" t="inlineStr">
         <is>
           <t>29000</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Озерна, 8</t>
+          <t>вул. Тернопільська, 40/1</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>0382 630 412</t>
+          <t>0382-67-50-52</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>liceum.km008@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>kmple@hple18.ukr.education</t>
+        </is>
+      </c>
+      <c r="R17" s="5"/>
       <c r="S17" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Станіслав Григорій Васильович</t>
+          <t>Росквас Анатолій Іванович</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>Хмельницький професійний ліцей електроніки</t>
+          <t>Військова частина А2641</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
-        <v>2892</v>
+        <v>5744</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
-          <t>ХПЛЕ</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E18" s="5"/>
       <c r="F18" s="7"/>
       <c r="G18" s="6" t="n">
-        <v>1975</v>
+        <v>2007</v>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J18" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+          <t>Міністерство оборони України</t>
         </is>
       </c>
       <c r="K18" s="7" t="inlineStr">
         <is>
-          <t>29000</t>
+          <t>32300</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
-          <t>UA68040470010096613</t>
+          <t>UA68020110010097898</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
-          <t>м. Хмельницький</t>
+          <t>м. Кам’янець-Подільський</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
-          <t>вул. Тернопільська, 40/1</t>
+          <t>вул. Гагаріна, 56</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>0382-67-50-52</t>
+          <t>+380(38)-493-33-00</t>
         </is>
       </c>
       <c r="Q18" s="5" t="inlineStr">
         <is>
-          <t>kmple@hple18.ukr.education</t>
+          <t>vop_a2641@post.mil.gov.ua</t>
         </is>
       </c>
       <c r="R18" s="5"/>
       <c r="S18" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Командир військової частини А2641</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
-          <t>Росквас Анатолій Іванович</t>
+          <t>Родіков Володимир Геннадійович</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>Військова частина А2641</t>
+          <t>Громадська організація "Центр підготовки гуманітарного розмінування"</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>5744</v>
+        <v>7225</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ГО "Центр підготовки гуманітарного розмінування"</t>
         </is>
       </c>
       <c r="E19" s="5"/>
       <c r="F19" s="7"/>
       <c r="G19" s="6" t="n">
-        <v>2007</v>
+        <v>2024</v>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J19" s="5"/>
       <c r="K19" s="7" t="inlineStr">
         <is>
-          <t>32300</t>
+          <t>32302</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
           <t>UA68020110010097898</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янець-Подільський</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>вул. Гагаріна, 56</t>
+          <t>вул. Крип'якевича, 2-а</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>+380(38)-493-33-00</t>
+          <t>(097)701-62-10</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
-          <t>vop_a2641@post.mil.gov.ua</t>
+          <t>pouahdtc@gmail.com</t>
         </is>
       </c>
       <c r="R19" s="5"/>
       <c r="S19" s="5" t="inlineStr">
         <is>
-          <t>Командир військової частини А2641</t>
+          <t>Голова організації</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Родіков Володимир Геннадійович</t>
-[...3 lines deleted...]
-      <c r="V19" s="5"/>
+          <t>Чорненький Юрій Іванович</t>
+        </is>
+      </c>
+      <c r="U19" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V19" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>Громадська організація "Центр підготовки гуманітарного розмінування"</t>
+          <t>Заклад професійної (професійно-технічної) освіти “Подільський професійний коледж”</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>7225</v>
+        <v>2466</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>ГО "Центр підготовки гуманітарного розмінування"</t>
+          <t>Подільський професійний коледж</t>
         </is>
       </c>
       <c r="E20" s="5"/>
       <c r="F20" s="7"/>
       <c r="G20" s="6" t="n">
-        <v>2024</v>
+        <v>1987</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J20" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J20" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>32302</t>
+          <t>32300</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
           <t>UA68020110010097898</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янець-Подільський</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>вул. Крип'якевича, 2-а</t>
+          <t>просп. Грушевського, 2А</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>(097)701-62-10</t>
+          <t>03849 3 61 40</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
-          <t>pouahdtc@gmail.com</t>
+          <t>podcpto@ukr.net</t>
         </is>
       </c>
       <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
-          <t>Голова організації</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Чорненький Юрій Іванович</t>
+          <t>Савчук Вадим Анатолійович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти “Подільський професійний коледж”</t>
+          <t>Кам'янець-Подільська автомобільна школа Товариства Сприяння Обороні України</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>2466</v>
+        <v>7014</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>Подільський професійний коледж</t>
+          <t>К-П автошкола ТСОУ</t>
         </is>
       </c>
       <c r="E21" s="5"/>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>1987</v>
+        <v>1993</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J21" s="5"/>
       <c r="K21" s="7" t="inlineStr">
         <is>
           <t>32300</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
           <t>UA68020110010097898</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янець-Подільський</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>просп. Грушевського, 2А</t>
+          <t>вул. Данила Галицького, 3</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
-          <t>03849 3 61 40</t>
+          <t>(067)380-88-27</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
-          <t>podcpto@ukr.net</t>
+          <t>kamanec047@gmail.com</t>
         </is>
       </c>
       <c r="R21" s="5"/>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Савчук Вадим Анатолійович</t>
+          <t>Демченко Володимир Миколайович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>Кам'янець-Подільська автомобільна школа Товариства Сприяння Обороні України</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЦЕНТР ПІДГОТОВКИ ГУМАНІТАРНОГО РОЗМІНУВАННЯ"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>7014</v>
+        <v>6487</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>К-П автошкола ТСОУ</t>
+          <t>ТОВ "ЦПГЗ"</t>
         </is>
       </c>
       <c r="E22" s="5"/>
       <c r="F22" s="7"/>
-      <c r="G22" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G22" s="6"/>
       <c r="H22" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J22" s="5"/>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>32300</t>
+          <t>32302</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA68020110010097898</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янець-Подільський</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Данила Галицького, 3</t>
+          <t>вул. Крип'якевича, 2а</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>(067)380-88-27</t>
+          <t>+380(97)-701-62-10</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
-          <t>kamanec047@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R22" s="5"/>
+          <t>htdc.ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="R22" s="5" t="inlineStr">
+        <is>
+          <t>www.htdc.net.ua</t>
+        </is>
+      </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Демченко Володимир Миколайович</t>
+          <t>Чорненький Юрій Іванович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЦЕНТР ПІДГОТОВКИ ГУМАНІТАРНОГО РОЗМІНУВАННЯ"</t>
+          <t>Хмельницький обласний навчально-курсовий комбінат</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>6487</v>
+        <v>4255</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ЦПГЗ"</t>
+          <t>Хмельницький ОНКК</t>
         </is>
       </c>
       <c r="E23" s="5"/>
       <c r="F23" s="7"/>
-      <c r="G23" s="6"/>
+      <c r="G23" s="6" t="n">
+        <v>1998</v>
+      </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J23" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J23" s="5" t="inlineStr">
+        <is>
+          <t>Обласна рада</t>
+        </is>
+      </c>
       <c r="K23" s="7" t="inlineStr">
         <is>
-          <t>32302</t>
+          <t>32300</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
           <t>UA68020110010097898</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янець-Подільський</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>вул. Крип'якевича, 2а</t>
+          <t>вул. Князів Коріатовичів, 27</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>+380(97)-701-62-10</t>
+          <t>+038(49)-970-72</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
-          <t>htdc.ua@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>honkkom@gmail.com</t>
+        </is>
+      </c>
+      <c r="R23" s="5"/>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>ТВО директора</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Чорненький Юрій Іванович</t>
+          <t>Семенов Василь Петрович</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Хмельницький обласний навчально-курсовий комбінат</t>
+          <t>Нетішинський професійний ліцей</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>4255</v>
+        <v>2492</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>Хмельницький ОНКК</t>
+          <t>Нетішинський професійний ліцей</t>
         </is>
       </c>
       <c r="E24" s="5"/>
       <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>1998</v>
+        <v>1983</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J24" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K24" s="7" t="inlineStr">
         <is>
-          <t>32300</t>
+          <t>30100</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
-          <t>UA68020110010097898</t>
+          <t>UA68060170010043609</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
-          <t>м. Кам’янець-Подільський</t>
+          <t>м. Нетішин</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>вул. Князів Коріатовичів, 27</t>
+          <t>просп. Незалежності, 2</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>+038(49)-970-72</t>
+          <t>+8(03842) 9-05-15</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>honkkom@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R24" s="5"/>
+          <t>netishynpl23@gmail.com</t>
+        </is>
+      </c>
+      <c r="R24" s="5" t="inlineStr">
+        <is>
+          <t>http://netishyn-proflyceum.edukit.km.ua/</t>
+        </is>
+      </c>
       <c r="S24" s="5" t="inlineStr">
         <is>
-          <t>ТВО директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Семенов Василь Петрович</t>
+          <t>Бабій Ольга Володимирівна</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>Нетішинський професійний ліцей</t>
+          <t>Товариство з обмеженою відповідальністю "Центр підготовки персоналу УБ ХАЕС"</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>2492</v>
+        <v>3994</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>Нетішинський професійний ліцей</t>
+          <t>ТОВ "ЦПП УБ ХАЕС"</t>
         </is>
       </c>
       <c r="E25" s="5"/>
       <c r="F25" s="7"/>
       <c r="G25" s="6" t="n">
-        <v>1983</v>
+        <v>2004</v>
       </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J25" s="5"/>
       <c r="K25" s="7" t="inlineStr">
         <is>
           <t>30100</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
           <t>UA68060170010043609</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
           <t>м. Нетішин</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
-          <t>просп. Незалежності, 2</t>
+          <t>вул. Ринкова, 5</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>+8(03842) 9-05-15</t>
+          <t>+038(42)-330-24</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
-          <t>netishynpl23@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>TOB_CPP75@ukr.net</t>
+        </is>
+      </c>
+      <c r="R25" s="5"/>
       <c r="S25" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Бабій Ольга Володимирівна</t>
+          <t>Тумаха Антоніна Миколаївна</t>
         </is>
       </c>
       <c r="U25" s="8"/>
       <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Центр підготовки персоналу УБ ХАЕС"</t>
+          <t>Державний професійно - технічний навчальний заклад "Славутський професійний ліцей"</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
-        <v>3994</v>
+        <v>2358</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ЦПП УБ ХАЕС"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E26" s="5"/>
       <c r="F26" s="7"/>
       <c r="G26" s="6" t="n">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I26" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J26" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J26" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K26" s="7" t="inlineStr">
         <is>
-          <t>30100</t>
+          <t>30000</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
-          <t>UA68060170010043609</t>
+          <t>UA68060270010040268</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
-          <t>м. Нетішин</t>
+          <t>м. Славута</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
-          <t>вул. Ринкова, 5</t>
+          <t>вул. Ярослава Мудрого, 75</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>+038(42)-330-24</t>
-[...6 lines deleted...]
-      </c>
+          <t>80972582069;</t>
+        </is>
+      </c>
+      <c r="Q26" s="5"/>
       <c r="R26" s="5"/>
       <c r="S26" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
-          <t>Тумаха Антоніна Миколаївна</t>
+          <t>Ніжнік Надія Олександрівна</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно - технічний навчальний заклад "Славутський професійний ліцей"</t>
+          <t>Товариство з обмеженою відповідальністю "Подільський навчально-технічний центр"</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
-        <v>2358</v>
+        <v>4970</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E27" s="5"/>
+          <t>ТОВ "Подільський НТЦ"</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>Company limited liability "Podilskiy educational-technical cenret"</t>
+        </is>
+      </c>
       <c r="F27" s="7"/>
-      <c r="G27" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G27" s="6"/>
       <c r="H27" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J27" s="5"/>
       <c r="K27" s="7" t="inlineStr">
         <is>
-          <t>30000</t>
+          <t>30100</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
           <t>UA68060270010040268</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
           <t>м. Славута</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
-          <t>вул. Ярослава Мудрого, 75</t>
+          <t>вул. Миру, 25</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>80972582069;</t>
-[...2 lines deleted...]
-      <c r="Q27" s="5"/>
+          <t>+380(98)-085-06-41</t>
+        </is>
+      </c>
+      <c r="Q27" s="5" t="inlineStr">
+        <is>
+          <t>pntc@ukr.net</t>
+        </is>
+      </c>
       <c r="R27" s="5"/>
       <c r="S27" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Ніжнік Надія Олександрівна</t>
+          <t>Бурчак Дмитро Васильович</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Подільський навчально-технічний центр"</t>
+          <t>Державний заклад професійної(професійно-технічної) освіти "Старокостянтинівський аграрно-промисловий ліцей"</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
-        <v>4970</v>
+        <v>2449</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Подільський НТЦ"</t>
+          <t>ДЗ Старокостянтинівський АПЛ</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>Company limited liability "Podilskiy educational-technical cenret"</t>
+          <t>The State Institution of Professional (technical and vocational) education "Starokostantyniv Agro-industrial Lyceum"</t>
         </is>
       </c>
       <c r="F28" s="7"/>
-      <c r="G28" s="6"/>
+      <c r="G28" s="6" t="n">
+        <v>1973</v>
+      </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J28" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J28" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K28" s="7" t="inlineStr">
         <is>
-          <t>30100</t>
+          <t>31104</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
-          <t>UA68060270010040268</t>
+          <t>UA68040390010084208</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
-          <t>м. Славута</t>
+          <t>м. Старокостянтинів</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
-          <t>вул. Миру, 25</t>
+          <t>вул. Івана Франка, 35</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>+380(98)-085-06-41</t>
+          <t>(038)54-4-10-42</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
-          <t>pntc@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R28" s="5"/>
+          <t>apl.starokost001@gmail.com</t>
+        </is>
+      </c>
+      <c r="R28" s="5" t="inlineStr">
+        <is>
+          <t>https://spl001.km.ua/</t>
+        </is>
+      </c>
       <c r="S28" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
-          <t>Бурчак Дмитро Васильович</t>
+          <t>Свістунова Світлана Анатоліївна</t>
         </is>
       </c>
       <c r="U28" s="8"/>
       <c r="V28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>Державний заклад професійної(професійно-технічної) освіти "Старокостянтинівський аграрно-промисловий ліцей"</t>
+          <t>Міжшкільний ресурсний центр Старокостянтинівської міської ради</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>2449</v>
+        <v>2935</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>ДЗ Старокостянтинівський АПЛ</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міжшкільний ресурсний центр Старокостянтинівської міської ради</t>
+        </is>
+      </c>
+      <c r="E29" s="5"/>
       <c r="F29" s="7"/>
       <c r="G29" s="6" t="n">
-        <v>1973</v>
+        <v>1983</v>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J29" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K29" s="7" t="inlineStr">
         <is>
-          <t>31104</t>
+          <t>31100</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
           <t>UA68040390010084208</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
           <t>м. Старокостянтинів</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>вул. Івана Франка, 35</t>
+          <t>вул. Пушкіна, 54</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>(038)54-4-10-42</t>
+          <t>054 3 23 55; 3 12 20; 3 13 36</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
-          <t>apl.starokost001@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>starcon-mnvk@i.ua</t>
+        </is>
+      </c>
+      <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
-          <t>Солтик Олександр Олександрович</t>
+          <t>Селюченко Василь Олександрович</t>
         </is>
       </c>
       <c r="U29" s="8"/>
       <c r="V29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>Міжшкільний ресурсний центр Старокостянтинівської міської ради</t>
+          <t>СТАРОКОСТЯНТИНІВСЬКИЙ ПРОФЕСІЙНО-ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
-        <v>2935</v>
+        <v>6995</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>Міжшкільний ресурсний центр Старокостянтинівської міської ради</t>
+          <t>СТАРОКОСТЯНТИНІВСЬКИЙ ПТНЗ ТСО УКРАЇНИ</t>
         </is>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
-        <v>1983</v>
+        <v>1995</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J30" s="5"/>
       <c r="K30" s="7" t="inlineStr">
         <is>
-          <t>31100</t>
+          <t>31101</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
           <t>UA68040390010084208</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
           <t>м. Старокостянтинів</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
-          <t>вул. Пушкіна, 54</t>
+          <t>вул. Чайковського, 1/2</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
-          <t>054 3 23 55; 3 12 20; 3 13 36</t>
+          <t>(097)462-55-81</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
-          <t>starcon-mnvk@i.ua</t>
+          <t>lyudmila0908@ukr.net</t>
         </is>
       </c>
       <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Селюченко Василь Олександрович</t>
+          <t>Ващук Людмила Василівна</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>СТАРОКОСТЯНТИНІВСЬКИЙ ПРОФЕСІЙНО-ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Товариство з обмеженою відповідальністю "Подільський аграрний професійний ліцей"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
-        <v>6995</v>
+        <v>6472</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>СТАРОКОСТЯНТИНІВСЬКИЙ ПТНЗ ТСО УКРАЇНИ</t>
+          <t>ТОВ "Подільський аграрний професійний ліцей"</t>
         </is>
       </c>
       <c r="E31" s="5"/>
       <c r="F31" s="7"/>
-      <c r="G31" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G31" s="6"/>
       <c r="H31" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J31" s="5"/>
       <c r="K31" s="7" t="inlineStr">
         <is>
-          <t>31101</t>
+          <t>31100</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
           <t>UA68040390010084208</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
           <t>м. Старокостянтинів</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
-          <t>вул. Чайковського, 1/2</t>
+          <t>вул. Глібова, 9</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
-          <t>(097)462-55-81</t>
+          <t>+380(96)-157-05-56</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
-          <t>lyudmila0908@ukr.net</t>
+          <t>podillyceum@gmail.com</t>
         </is>
       </c>
       <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
-          <t>Ващук Людмила Василівна</t>
+          <t>Мялківський Ігор Іванович</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Подільський аграрний професійний ліцей"</t>
+          <t>Професійно-технічний навчальний заклад Шепетівського міського спортивно-технічного клубу Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>6472</v>
+        <v>7260</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Подільський аграрний професійний ліцей"</t>
+          <t>ПТНЗ Шепетівський СТК ТСОУ</t>
         </is>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
       <c r="G32" s="6"/>
       <c r="H32" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J32" s="5"/>
       <c r="K32" s="7" t="inlineStr">
         <is>
-          <t>31100</t>
+          <t>30400</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
-          <t>UA68040390010084208</t>
+          <t>UA68060330010023704</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
-          <t>м. Старокостянтинів</t>
+          <t>м. Шепетівка</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
-          <t>вул. Глібова, 9</t>
+          <t>вул. Дзявульського, 10</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>+380(96)-157-05-56</t>
+          <t>(097)400-61-03</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
-          <t>podillyceum@gmail.com</t>
+          <t>shepetivkamstk@ukr.net</t>
         </is>
       </c>
       <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
-          <t>Мялківський Ігор Іванович</t>
+          <t>Касянчук Юрій Дмитрович</t>
         </is>
       </c>
       <c r="U32" s="8"/>
       <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічний навчальний заклад Шепетівського міського спортивно-технічного клубу Товариства сприяння обороні України</t>
+          <t>Шепетівський професійний ліцей</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>7260</v>
+        <v>2396</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>ПТНЗ Шепетівський СТК ТСОУ</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
-      <c r="G33" s="6"/>
+      <c r="G33" s="6" t="n">
+        <v>1979</v>
+      </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J33" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J33" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K33" s="7" t="inlineStr">
         <is>
           <t>30400</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
           <t>UA68060330010023704</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Шепетівка</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Дзявульського, 10</t>
+          <t>просп. Миру, 23</t>
         </is>
       </c>
       <c r="P33" s="5" t="inlineStr">
         <is>
-          <t>(097)400-61-03</t>
+          <t>03840 40817, 03840 40821</t>
         </is>
       </c>
       <c r="Q33" s="5" t="inlineStr">
         <is>
-          <t>shepetivkamstk@ukr.net</t>
+          <t>proflicey020@ukr.net</t>
         </is>
       </c>
       <c r="R33" s="5"/>
       <c r="S33" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Касянчук Юрій Дмитрович</t>
+          <t>Чернушич Алла Володимирівна</t>
         </is>
       </c>
       <c r="U33" s="8"/>
       <c r="V33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Шепетівський професійний ліцей</t>
+          <t>Вище професійне училище №36 с. Балин Хмельницької області</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>2396</v>
+        <v>2405</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E34" s="5"/>
+          <t>ВПУ №36 с.Балин</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>Higher vocational school №36, Balyn village, Khmelnitsky region</t>
+        </is>
+      </c>
       <c r="F34" s="7"/>
       <c r="G34" s="6" t="n">
-        <v>1979</v>
+        <v>1953</v>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J34" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>30400</t>
+          <t>32440</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
-          <t>UA68060330010023704</t>
+          <t>UA68020250020015670</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
-          <t>м. Шепетівка</t>
+          <t>с. Балин</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>просп. Миру, 23</t>
+          <t>вул. Центральна, 1 А</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>03840 40817, 03840 40821</t>
+          <t>+380934105094</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>proflicey020@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R34" s="5"/>
+          <t>vpu_36@ukr.net</t>
+        </is>
+      </c>
+      <c r="R34" s="5" t="inlineStr">
+        <is>
+          <t>https://vpu36balin.km.ua</t>
+        </is>
+      </c>
       <c r="S34" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Чернушич Алла Володимирівна</t>
+          <t>Смолінський Руслан Миколайович</t>
         </is>
       </c>
       <c r="U34" s="8"/>
       <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище №36 с. Балин Хмельницької області</t>
+          <t>Державний професійно-технічний навчальний заклад "Райківецький навчальний центр № 78"</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>2405</v>
+        <v>5785</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>ВПУ №36 с.Балин</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДПТНЗ "Райківецький навчальний центр № 78"</t>
+        </is>
+      </c>
+      <c r="E35" s="5"/>
       <c r="F35" s="7"/>
-      <c r="G35" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G35" s="6"/>
       <c r="H35" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J35" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+          <t>Державна пенітенціарна служба України</t>
         </is>
       </c>
       <c r="K35" s="7" t="inlineStr">
         <is>
-          <t>32440</t>
+          <t>31356</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
-          <t>UA68020250020015670</t>
+          <t>UA68040110090094939</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
-          <t>с. Балин</t>
+          <t>с. Райківці</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 1 А</t>
+          <t>-, -</t>
         </is>
       </c>
       <c r="P35" s="5" t="inlineStr">
         <is>
-          <t>+380934105094</t>
-[...11 lines deleted...]
-      </c>
+          <t>(0382) 62 44 90</t>
+        </is>
+      </c>
+      <c r="Q35" s="5"/>
+      <c r="R35" s="5"/>
       <c r="S35" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Смолінський Руслан Миколайович</t>
+          <t>Махмет Ігор Костянтинович</t>
         </is>
       </c>
       <c r="U35" s="8"/>
       <c r="V35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Райківецький навчальний центр № 78"</t>
+          <t>Дочірнє підприємство "Професійно-навчальний центр "Легіонер" приватного підприємства "Легіон"</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>5785</v>
+        <v>3920</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Райківецький навчальний центр № 78"</t>
+          <t>ДП "ПНЦ "Легіонер"</t>
         </is>
       </c>
       <c r="E36" s="5"/>
       <c r="F36" s="7"/>
-      <c r="G36" s="6"/>
+      <c r="G36" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J36" s="5"/>
       <c r="K36" s="7" t="inlineStr">
         <is>
-          <t>31356</t>
+          <t>31363</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
-          <t>UA68040110090094939</t>
+          <t>UA68040330230073681</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
-          <t>с. Райківці</t>
+          <t>с. Ружичанка</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>-, -</t>
+          <t>вул. Леніна, 29</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>(0382) 62 44 90</t>
-[...2 lines deleted...]
-      <c r="Q36" s="5"/>
+          <t>066 696 90 99</t>
+        </is>
+      </c>
+      <c r="Q36" s="5" t="inlineStr">
+        <is>
+          <t>legionkomplex@ukr.net</t>
+        </is>
+      </c>
       <c r="R36" s="5"/>
       <c r="S36" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Махмет Ігор Костянтинович</t>
-[...3 lines deleted...]
-      <c r="V36" s="5"/>
+          <t>Гуцалюк Іван Вікторович</t>
+        </is>
+      </c>
+      <c r="U36" s="8" t="n">
+        <v>44826</v>
+      </c>
+      <c r="V36" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Дочірнє підприємство "Професійно-навчальний центр "Легіонер" приватного підприємства "Легіон"</t>
+          <t>Білогірський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>3920</v>
+        <v>7009</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>ДП "ПНЦ "Легіонер"</t>
+          <t>Білогірський РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
       <c r="G37" s="6" t="n">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J37" s="5"/>
       <c r="K37" s="7" t="inlineStr">
         <is>
-          <t>31363</t>
+          <t>30200</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA68040330230073681</t>
+          <t>UA68060030010060271</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
-          <t>с. Ружичанка</t>
+          <t>с-ще Білогір’я</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. Леніна, 29</t>
+          <t>вул. Шевченка, 60</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>066 696 90 99</t>
-[...6 lines deleted...]
-      </c>
+          <t>80384191589;</t>
+        </is>
+      </c>
+      <c r="Q37" s="5"/>
       <c r="R37" s="5"/>
       <c r="S37" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Гуцалюк Іван Вікторович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Ковальський Леонід Олександрович</t>
+        </is>
+      </c>
+      <c r="U37" s="8"/>
+      <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Білогірський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Віньковецький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>7009</v>
+        <v>4326</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>Білогірський РСТК ТСОУ</t>
+          <t>Віньковецький РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J38" s="5"/>
+      <c r="J38" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>30200</t>
+          <t>32500</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
-          <t>UA68060030010060271</t>
+          <t>UA68040050010054032</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
-          <t>с-ще Білогір’я</t>
+          <t>с-ще Віньківці</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 60</t>
+          <t>вул. Відродження, 28</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>80384191589;</t>
-[...2 lines deleted...]
-      <c r="Q38" s="5"/>
+          <t>+038(46)-214-97</t>
+        </is>
+      </c>
+      <c r="Q38" s="5" t="inlineStr">
+        <is>
+          <t>vndosaaf@meta.ua</t>
+        </is>
+      </c>
       <c r="R38" s="5"/>
       <c r="S38" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Ковальський Леонід Олександрович</t>
-[...3 lines deleted...]
-      <c r="V38" s="5"/>
+          <t>Боднар Василь Михайлович</t>
+        </is>
+      </c>
+      <c r="U38" s="8" t="n">
+        <v>44348</v>
+      </c>
+      <c r="V38" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>Віньковецький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Державний навчальний заклад "Волочиський промислово-аграрний професійний ліцей"</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>4326</v>
+        <v>2279</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>Віньковецький РСТК ТСОУ</t>
+          <t>ДНЗ ВПАПЛ</t>
         </is>
       </c>
       <c r="E39" s="5"/>
       <c r="F39" s="7"/>
       <c r="G39" s="6" t="n">
-        <v>1995</v>
+        <v>1947</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J39" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>32500</t>
+          <t>31200</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
-          <t>UA68040050010054032</t>
+          <t>UA68040090010095929</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
-          <t>с-ще Віньківці</t>
+          <t>м. Волочиськ</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>вул. Відродження, 28</t>
+          <t>вул. Запорізька, 9</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>+038(46)-214-97</t>
+          <t>(03845)40698, факс:(03845)40856</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
-          <t>vndosaaf@meta.ua</t>
-[...2 lines deleted...]
-      <c r="R39" s="5"/>
+          <t>vpapl@i.ua</t>
+        </is>
+      </c>
+      <c r="R39" s="5" t="inlineStr">
+        <is>
+          <t>https://vpapl05.km.ua/</t>
+        </is>
+      </c>
       <c r="S39" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Боднар Василь Михайлович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Солтик Сергій Олександрович</t>
+        </is>
+      </c>
+      <c r="U39" s="8"/>
+      <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Волочиський промислово-аграрний професійний ліцей"</t>
+          <t>НАВЧАЛЬНО-ВИРОБНИЧЕ ПІДПРИЄМСТВО "ВОЛОЧИСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ" ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>2279</v>
+        <v>7018</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ ВПАПЛ</t>
+          <t>"."</t>
         </is>
       </c>
       <c r="E40" s="5"/>
       <c r="F40" s="7"/>
       <c r="G40" s="6" t="n">
-        <v>1947</v>
+        <v>1975</v>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J40" s="5"/>
       <c r="K40" s="7" t="inlineStr">
         <is>
           <t>31200</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
           <t>UA68040090010095929</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Волочиськ</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. Запорізька, 9</t>
+          <t>вул. Музейна, 11а</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>(03845)40698, факс:(03845)40856</t>
+          <t>(067)182-09-00</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>vpapl@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>volochiskrstk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R40" s="5"/>
       <c r="S40" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Солтик Сергій Олександрович</t>
-[...3 lines deleted...]
-      <c r="V40" s="5"/>
+          <t>Франков Антон Ришардович</t>
+        </is>
+      </c>
+      <c r="U40" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V40" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>НАВЧАЛЬНО-ВИРОБНИЧЕ ПІДПРИЄМСТВО "ВОЛОЧИСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ" ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>ГОРОДОЦЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>7018</v>
+        <v>7015</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>"."</t>
+          <t>ГОРОДОЦЬКИЙ СТК ТСОУ</t>
         </is>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="7"/>
       <c r="G41" s="6" t="n">
-        <v>1975</v>
+        <v>1995</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J41" s="5"/>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>31200</t>
+          <t>32000</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
-          <t>UA68040090010095929</t>
+          <t>UA68040130010039416</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
-          <t>м. Волочиськ</t>
+          <t>м. Городок</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>вул. Музейна, 11а</t>
+          <t>пров. Терешкової, 5</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>(067)182-09-00</t>
+          <t>(067)381-20-15</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
-          <t>volochiskrstk@ukr.net</t>
+          <t>avtochkolagorodok@gmail.com</t>
         </is>
       </c>
       <c r="R41" s="5"/>
       <c r="S41" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>ДИРЕКТОР</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Франков Антон Ришардович</t>
-[...9 lines deleted...]
-      </c>
+          <t>РИНДА ВОЛОДИМИР ВОЛОДИМИРОВИЧ</t>
+        </is>
+      </c>
+      <c r="U41" s="8"/>
+      <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>ГОРОДОЦЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Вище художнє професійне училище №19 смт. Гриців Шепетівський район Хмельницька область</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>7015</v>
+        <v>2393</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>ГОРОДОЦЬКИЙ СТК ТСОУ</t>
-[...2 lines deleted...]
-      <c r="E42" s="5"/>
+          <t>ВХПУ 19</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>Higher professional art school №19 Grytsiv Shepetovsky district Khmelnytsky region</t>
+        </is>
+      </c>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
-        <v>1995</v>
+        <v>1975</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J42" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J42" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>32000</t>
+          <t>30455</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
-          <t>UA68040130010039416</t>
+          <t>UA68060070010054538</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
-          <t>м. Городок</t>
+          <t>с-ще Гриців</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>пров. Терешкової, 5</t>
+          <t>вул. Горького, 3</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>(067)381-20-15</t>
+          <t>0384034354; 0384034365</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>avtochkolagorodok@gmail.com</t>
+          <t>vhpu19@ukr.net</t>
         </is>
       </c>
       <c r="R42" s="5"/>
       <c r="S42" s="5" t="inlineStr">
         <is>
-          <t>ДИРЕКТОР</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>РИНДА ВОЛОДИМИР ВОЛОДИМИРОВИЧ</t>
+          <t>Слаба Інна Петрівна</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Вище художнє професійне училище №19 смт. Гриців Шепетівський район Хмельницька область</t>
+          <t>Грицівське вище професійне училище №38</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>2393</v>
+        <v>2538</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>ВХПУ 19</t>
+          <t>Грицівське ВПУ-38</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>Higher professional art school №19 Grytsiv Shepetovsky district Khmelnytsky region</t>
+          <t>Higher vocational school of Hrytsiv №38</t>
         </is>
       </c>
       <c r="F43" s="7"/>
       <c r="G43" s="6" t="n">
-        <v>1975</v>
+        <v>2000</v>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J43" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K43" s="7" t="inlineStr">
         <is>
           <t>30455</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
           <t>UA68060070010054538</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
           <t>с-ще Гриців</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Горького, 3</t>
+          <t>вул. Ломоносова, 10</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>0384034354; 0384034365</t>
+          <t>(03840) 3 44 91, 3 43 04</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
-          <t>vhpu19@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R43" s="5"/>
+          <t>gvvpu38@gmail.com</t>
+        </is>
+      </c>
+      <c r="R43" s="5" t="inlineStr">
+        <is>
+          <t>https://vpu38.km.ua/</t>
+        </is>
+      </c>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Слаба Інна Петрівна</t>
+          <t>Зарудзей Олександр Іванович</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Грицівське вище професійне училище №38</t>
+          <t>Державний навчальний заклад "Деражнянський центр професійної освіти"</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>2538</v>
+        <v>2394</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>Грицівське ВПУ-38</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "Деражнянський ЦПО"</t>
+        </is>
+      </c>
+      <c r="E44" s="5"/>
       <c r="F44" s="7"/>
       <c r="G44" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J44" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K44" s="7" t="inlineStr">
         <is>
-          <t>30455</t>
+          <t>32200</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
-          <t>UA68060070010054538</t>
+          <t>UA68040150010024820</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
-          <t>с-ще Гриців</t>
+          <t>м. Деражня</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>вул. Ломоносова, 10</t>
+          <t>вул. Миру, 177А</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>(03840) 3 44 91, 3 43 04</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(097)-525-71-61;</t>
+        </is>
+      </c>
+      <c r="Q44" s="5"/>
+      <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Зарудзей Олександр Іванович</t>
+          <t>Дащенко Віталій Віталійович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Деражнянський центр професійної освіти"</t>
+          <t>ПРОФЕСІЙНО -ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД ДЕРАЖНЯНСЬКИЙ СПОРТИВНО -ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>2394</v>
+        <v>7021</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Деражнянський ЦПО"</t>
+          <t>ПТНЗ СТК ТСОУ</t>
         </is>
       </c>
       <c r="E45" s="5"/>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J45" s="5"/>
       <c r="K45" s="7" t="inlineStr">
         <is>
           <t>32200</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
           <t>UA68040150010024820</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>м. Деражня</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Миру, 177А</t>
+          <t>вул. Промислова, 10</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>+38(097)-525-71-61;</t>
-[...2 lines deleted...]
-      <c r="Q45" s="5"/>
+          <t>(068)013-92-02</t>
+        </is>
+      </c>
+      <c r="Q45" s="5" t="inlineStr">
+        <is>
+          <t>stktsouder@gmail.com</t>
+        </is>
+      </c>
       <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Дащенко Віталій Віталійович</t>
+          <t>ФУРМАН ВІТАЛІЙ ДМИТРОВИЧ</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>ПРОФЕСІЙНО -ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД ДЕРАЖНЯНСЬКИЙ СПОРТИВНО -ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>ПРОФЕСІЙНО-ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД ДУНАЄВЕЦЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>7021</v>
+        <v>7027</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>ПТНЗ СТК ТСОУ</t>
+          <t>ПТНЗ ДУНАЄВЕЦЬКИЙ РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E46" s="5"/>
       <c r="F46" s="7"/>
-      <c r="G46" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G46" s="6"/>
       <c r="H46" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J46" s="5"/>
       <c r="K46" s="7" t="inlineStr">
         <is>
-          <t>32200</t>
+          <t>32400</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
-          <t>UA68040150010024820</t>
+          <t>UA68020050010075833</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
-          <t>м. Деражня</t>
+          <t>м. Дунаївці</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Промислова, 10</t>
+          <t>вул. Франца Лендера, 41</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>(068)013-92-02</t>
+          <t>(068)529-99-63</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>stktsouder@gmail.com</t>
+          <t>jasinska0302199101@ukr.net</t>
         </is>
       </c>
       <c r="R46" s="5"/>
       <c r="S46" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>ФУРМАН ВІТАЛІЙ ДМИТРОВИЧ</t>
+          <t>Романюк Андрій Вікторович</t>
         </is>
       </c>
       <c r="U46" s="8"/>
       <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>ПРОФЕСІЙНО-ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД ДУНАЄВЕЦЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Державний професійно-технічний навчальний заклад "Замковий навчальний центр № 58"</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>7027</v>
+        <v>5777</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>ПТНЗ ДУНАЄВЕЦЬКИЙ РСТК ТСОУ</t>
+          <t>ЗНЦ № 58</t>
         </is>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="7"/>
       <c r="G47" s="6"/>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J47" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J47" s="5" t="inlineStr">
+        <is>
+          <t>Департамент України з питань виконання покарань</t>
+        </is>
+      </c>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>32400</t>
+          <t>30300</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA68020050010075833</t>
+          <t>UA68060090010061527</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
-          <t>м. Дунаївці</t>
+          <t>м. Ізяслав</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>вул. Франца Лендера, 41</t>
+          <t>вул. Патріотів, 2</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>(068)529-99-63</t>
+          <t>03852 4 06 51</t>
         </is>
       </c>
       <c r="Q47" s="5" t="inlineStr">
         <is>
-          <t>jasinska0302199101@ukr.net</t>
+          <t>zns_58@ukr.net</t>
         </is>
       </c>
       <c r="R47" s="5"/>
       <c r="S47" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Романюк Андрій Вікторович</t>
+          <t>Василюк Валерій Вікторович</t>
         </is>
       </c>
       <c r="U47" s="8"/>
       <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Замковий навчальний центр № 58"</t>
+          <t>ІЗЯСЛАВСЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>5777</v>
+        <v>7023</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>ЗНЦ № 58</t>
+          <t>ІЗЯСЛАВСЬКИЙ СТК ТСОУ</t>
         </is>
       </c>
       <c r="E48" s="5"/>
       <c r="F48" s="7"/>
-      <c r="G48" s="6"/>
+      <c r="G48" s="6" t="n">
+        <v>1995</v>
+      </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J48" s="5"/>
       <c r="K48" s="7" t="inlineStr">
         <is>
           <t>30300</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
           <t>UA68060090010061527</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
           <t>м. Ізяслав</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. Патріотів, 2</t>
+          <t>Острозька, 35</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>03852 4 06 51</t>
+          <t>(096)488-79-66</t>
         </is>
       </c>
       <c r="Q48" s="5" t="inlineStr">
         <is>
-          <t>zns_58@ukr.net</t>
+          <t>Izyslav35@ukr.net</t>
         </is>
       </c>
       <c r="R48" s="5"/>
       <c r="S48" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Василюк Валерій Вікторович</t>
+          <t>Нестерчук Василь Адамович</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>ІЗЯСЛАВСЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>"Шепетівський навчальний центр № 98"</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>7023</v>
+        <v>5776</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>ІЗЯСЛАВСЬКИЙ СТК ТСОУ</t>
+          <t>"ШНЦ № 98"</t>
         </is>
       </c>
       <c r="E49" s="5"/>
       <c r="F49" s="7"/>
-      <c r="G49" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G49" s="6"/>
       <c r="H49" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J49" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J49" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>30300</t>
+          <t>30430</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA68060090010061527</t>
+          <t>UA68060290090041367</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
-          <t>м. Ізяслав</t>
+          <t>с. Климентовичі</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>Острозька, 35</t>
+          <t>-, -</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>(096)488-79-66</t>
+          <t>03840 4 08 14</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
-          <t>Izyslav35@ukr.net</t>
+          <t>qsujkm@ukr.net</t>
         </is>
       </c>
       <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Нестерчук Василь Адамович</t>
+          <t>Новіцький Володимир Вікторович</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>"Шепетівський навчальний центр № 98"</t>
+          <t>Державний навчальний заклад "Теофіпольський професійний аграрно-промисловий ліцей"</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>5776</v>
+        <v>2478</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>"ШНЦ № 98"</t>
-[...2 lines deleted...]
-      <c r="E50" s="5"/>
+          <t>ДНЗ "ТПАПЛ"</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>State educational institution Teofipolskiy professional agro-industrial Lyceum</t>
+        </is>
+      </c>
       <c r="F50" s="7"/>
-      <c r="G50" s="6"/>
+      <c r="G50" s="6" t="n">
+        <v>1954</v>
+      </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J50" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>30430</t>
+          <t>30664</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
-          <t>UA68060290090041367</t>
+          <t>UA68040450230067212</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
-          <t>с. Климентовичі</t>
+          <t>с. Коров’є</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>-, -</t>
+          <t>вул. Заводська, 14</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>03840 4 08 14</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380978955173; 9-34-18;</t>
+        </is>
+      </c>
+      <c r="Q50" s="5"/>
       <c r="R50" s="5"/>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Новіцький Володимир Вікторович</t>
+          <t>Гладищук Павло Васильович</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Теофіпольський професійний аграрно-промисловий ліцей"</t>
+          <t>Державний професійно-технічний навчальний заклад "Красилівський професійний ліцей"</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>2478</v>
+        <v>2437</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ТПАПЛ"</t>
+          <t>ДПТНЗ "КПЛ"</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>State educational institution Teofipolskiy professional agro-industrial Lyceum</t>
+          <t>State Professional Technical Educational Establishment "Krasyliv Professional Lyceum"</t>
         </is>
       </c>
       <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
-        <v>1954</v>
+        <v>1970</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>30664</t>
+          <t>31000</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
-          <t>UA68040450230067212</t>
+          <t>UA68040210010032567</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
-          <t>с. Коров’є</t>
+          <t>м. Красилів</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Заводська, 14</t>
+          <t>вул. Центральна, 38</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>9-35-87</t>
+          <t>03855 4 41 67</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>teofipolpal@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R51" s="5"/>
+          <t>valeovita@ukr.net</t>
+        </is>
+      </c>
+      <c r="R51" s="5" t="inlineStr">
+        <is>
+          <t>https://www.dptnzlicey.info/</t>
+        </is>
+      </c>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>т.в.о.директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Гладищук Павло Васильович</t>
+          <t>Маланчак Леся Іванівна</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Красилівський професійний ліцей"</t>
+          <t>Державний навчальний заклад "Лісоводський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>2437</v>
+        <v>2896</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "КПЛ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Лісоводський ПАЛ</t>
+        </is>
+      </c>
+      <c r="E52" s="5"/>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
         <v>1970</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J52" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>31000</t>
+          <t>32046</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA68040210010032567</t>
+          <t>UA68040130210022684</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
-          <t>м. Красилів</t>
+          <t>с. Лісоводи</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 38</t>
-[...16 lines deleted...]
-      </c>
+          <t>вул. Сугерова, 2</t>
+        </is>
+      </c>
+      <c r="P52" s="5"/>
+      <c r="Q52" s="5"/>
+      <c r="R52" s="5"/>
       <c r="S52" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Маланчак Леся Іванівна</t>
+          <t>Романчук Сергій Петрович</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Лісоводський професійний аграрний ліцей"</t>
+          <t>Товариство з обмеженою відповідальністю "Новоселицький професійно-технічний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>2896</v>
+        <v>3845</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>Лісоводський ПАЛ</t>
+          <t>ТОВ "Новоселицький ПТАЛ"</t>
         </is>
       </c>
       <c r="E53" s="5"/>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>1970</v>
+        <v>2000</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J53" s="5"/>
       <c r="K53" s="7" t="inlineStr">
         <is>
-          <t>32046</t>
+          <t>31162</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
-          <t>UA68040130210022684</t>
+          <t>UA68040290110040628</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
-          <t>с. Лісоводи</t>
+          <t>с. Новоселиця</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Сугерова, 2</t>
-[...3 lines deleted...]
-      <c r="Q53" s="5"/>
+          <t>вул. Студенська, 12</t>
+        </is>
+      </c>
+      <c r="P53" s="5" t="inlineStr">
+        <is>
+          <t>(067)588-52-15</t>
+        </is>
+      </c>
+      <c r="Q53" s="5" t="inlineStr">
+        <is>
+          <t>tovnptal@i.ua</t>
+        </is>
+      </c>
       <c r="R53" s="5"/>
       <c r="S53" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Романчук Сергій Петрович</t>
+          <t>Хомяк Володимир Володимирович</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Новоселицький професійно-технічний аграрний ліцей"</t>
+          <t>Плужненський професійний аграрний ліцей</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>3845</v>
+        <v>2402</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Новоселицький ПТАЛ"</t>
+          <t>Плуженський ПАЛ</t>
         </is>
       </c>
       <c r="E54" s="5"/>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>2000</v>
+        <v>1954</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J54" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J54" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>31162</t>
+          <t>30320</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
-          <t>UA68040290110040628</t>
+          <t>UA68060190010049660</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
-          <t>с. Новоселиця</t>
+          <t>с. Плужне</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. Студенська, 12</t>
+          <t>вул. -, -</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>(067)588-52-15</t>
+          <t>(03852) 3 11 98, 4 13 45</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>tovnptal@i.ua</t>
-[...2 lines deleted...]
-      <c r="R54" s="5"/>
+          <t>ppal33@ukr.net</t>
+        </is>
+      </c>
+      <c r="R54" s="5" t="inlineStr">
+        <is>
+          <t>http://ppal.22web.org/</t>
+        </is>
+      </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Хомяк Володимир Володимирович</t>
+          <t>Краснолуцький Олег Васильович</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Плужненський професійний аграрний ліцей</t>
+          <t>Державний навчальний заклад "Полонський агропромисловий центр професійної освіти"</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>2402</v>
+        <v>2403</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>Плуженський ПАЛ</t>
+          <t>.ДНЗ "Полонський АЦПО"</t>
         </is>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="7"/>
       <c r="G55" s="6" t="n">
-        <v>1954</v>
+        <v>1984</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J55" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>30320</t>
+          <t>30500</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
-          <t>UA68060190010049660</t>
+          <t>UA68060210010068447</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
-          <t>с. Плужне</t>
+          <t>м. Полонне</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. -, -</t>
+          <t>вул. Юзькова, 48</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>(03852) 3 11 98, 4 13 45</t>
+          <t>(03843) 2-02-86, 7-12-93</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>ppal33@ukr.net</t>
+          <t>ppal035@ukr.net</t>
         </is>
       </c>
       <c r="R55" s="5" t="inlineStr">
         <is>
-          <t>http://ppal.22web.org/</t>
+          <t>https://polacpo.km.ua</t>
         </is>
       </c>
       <c r="S55" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Краснолуцький Олег Васильович</t>
+          <t>Станіслав Тарас Григорович</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Полонський агропромисловий центр професійної освіти"</t>
+          <t>Чемеровецький ліцей №1 Чемеровецької селищної ради Хмельницької області</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>2403</v>
+        <v>4345</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>.ДНЗ "Полонський АЦПО"</t>
-[...2 lines deleted...]
-      <c r="E56" s="5"/>
+          <t>Чемеровецький ліцей №1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>Chemerivtsi Lyceym No 1 Chemerivtsi village council Khmelnytsky region</t>
+        </is>
+      </c>
       <c r="F56" s="7"/>
       <c r="G56" s="6" t="n">
-        <v>1984</v>
+        <v>2000</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J56" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
+          <t>Селищна рада</t>
         </is>
       </c>
       <c r="K56" s="7" t="inlineStr">
         <is>
-          <t>30500</t>
+          <t>31600</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
-          <t>UA68060210010068447</t>
+          <t>UA68020290010030473</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
-          <t>м. Полонне</t>
+          <t>с-ще Чемерівці</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Юзькова, 48</t>
+          <t>вул. Центральна, 46</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>(03843) 2-02-86, 7-12-93</t>
+          <t>+380679136199</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>ppal035@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>nvk1chem2020@gmail.com</t>
+        </is>
+      </c>
+      <c r="R56" s="5"/>
       <c r="S56" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Станіслав Тарас Григорович</t>
+          <t>Собань Тіна Василівна</t>
         </is>
       </c>
       <c r="U56" s="8"/>
       <c r="V56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>Чемеровецький ліцей №1 Чемеровецької селищної ради Хмельницької області</t>
+          <t>Чорноострівський професійний аграрний ліцей</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
-        <v>4345</v>
+        <v>2485</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>Чемеровецький ліцей №1</t>
-[...6 lines deleted...]
-      </c>
+          <t>Чорноострівський ПАЛ</t>
+        </is>
+      </c>
+      <c r="E57" s="5"/>
       <c r="F57" s="7"/>
       <c r="G57" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H57" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J57" s="5" t="inlineStr">
         <is>
-          <t>Селищна рада</t>
+          <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K57" s="7" t="inlineStr">
         <is>
-          <t>31600</t>
+          <t>31310</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
-          <t>UA68020290010030473</t>
+          <t>UA68040490010048380</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
-          <t>с-ще Чемерівці</t>
+          <t>с-ще Чорний Острів</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 46</t>
+          <t>вул. Жовтнева, 1</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>+380679136199</t>
-[...6 lines deleted...]
-      </c>
+          <t>623187;</t>
+        </is>
+      </c>
+      <c r="Q57" s="5"/>
       <c r="R57" s="5"/>
       <c r="S57" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T57" s="5" t="inlineStr">
         <is>
-          <t>Собань Тіна Василівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Яремчук Світлана Олексіївна</t>
+        </is>
+      </c>
+      <c r="U57" s="8"/>
+      <c r="V57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>Чорноострівський професійний аграрний ліцей</t>
+          <t>Державний навчальний заклад "Ярмолинецький агропромисловий центр професійної освіти"</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
-        <v>2485</v>
+        <v>2399</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
-          <t>Чорноострівський ПАЛ</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E58" s="5"/>
       <c r="F58" s="7"/>
       <c r="G58" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J58" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K58" s="7" t="inlineStr">
         <is>
-          <t>31310</t>
+          <t>32100</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
-          <t>UA68040490010048380</t>
+          <t>UA68040530010073509</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
-          <t>с-ще Чорний Острів</t>
+          <t>с-ще Ярмолинці</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Жовтнева, 1</t>
+          <t>вул. Пушкіна, 2</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>623187;</t>
-[...2 lines deleted...]
-      <c r="Q58" s="5"/>
+          <t>(038)532-33-01, (038)533-03-05</t>
+        </is>
+      </c>
+      <c r="Q58" s="5" t="inlineStr">
+        <is>
+          <t>jpl-2002@ukr.net</t>
+        </is>
+      </c>
       <c r="R58" s="5"/>
       <c r="S58" s="5" t="inlineStr">
         <is>
-          <t>Тимчасово виконуюча обов'язки директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
-          <t>Яремчук Світлана Олексіївна</t>
+          <t>Нарольський Павло Володимирович</t>
         </is>
       </c>
       <c r="U58" s="8"/>
       <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Ярмолинецький агропромисловий центр професійної освіти"</t>
+          <t>Професійно-технічний навчальний заклад Ярмолинецький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
-        <v>2399</v>
+        <v>6997</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ПТНЗ Ярмолинецький РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E59" s="5"/>
       <c r="F59" s="7"/>
-      <c r="G59" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G59" s="6"/>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J59" s="5"/>
       <c r="K59" s="7" t="inlineStr">
         <is>
           <t>32100</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
           <t>UA68040530010073509</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
           <t>с-ще Ярмолинці</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
-          <t>вул. Пушкіна, 2</t>
+          <t>вул. Чапаєва, 42 а</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>(038)532-33-01, (038)533-03-05</t>
+          <t>(098)257-40-78</t>
         </is>
       </c>
       <c r="Q59" s="5" t="inlineStr">
         <is>
-          <t>jpl-2002@ukr.net</t>
+          <t>yarmol.rstk@ukr.net</t>
         </is>
       </c>
       <c r="R59" s="5"/>
       <c r="S59" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
-          <t>Нарольський Павло Володимирович</t>
+          <t>Трембач Микола Іванович</t>
         </is>
       </c>
       <c r="U59" s="8"/>
       <c r="V59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічний навчальний заклад Ярмолинецький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Ярмолинецький технологічний ліцей Ярмолинецької районної ради Хмельницької області</t>
         </is>
       </c>
       <c r="B60" s="6" t="n">
-        <v>6997</v>
+        <v>4333</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
-          <t>ПТНЗ Ярмолинецький РСТК ТСОУ</t>
+          <t>Ярмолинецький технологічний ліцей</t>
         </is>
       </c>
       <c r="E60" s="5"/>
       <c r="F60" s="7"/>
-      <c r="G60" s="6"/>
+      <c r="G60" s="6" t="n">
+        <v>2001</v>
+      </c>
       <c r="H60" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I60" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J60" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J60" s="5" t="inlineStr">
+        <is>
+          <t>Районна державна адміністрація</t>
+        </is>
+      </c>
       <c r="K60" s="7" t="inlineStr">
         <is>
           <t>32100</t>
         </is>
       </c>
       <c r="L60" s="7" t="inlineStr">
         <is>
           <t>UA68040530010073509</t>
         </is>
       </c>
       <c r="M60" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N60" s="5" t="inlineStr">
         <is>
           <t>с-ще Ярмолинці</t>
         </is>
       </c>
       <c r="O60" s="5" t="inlineStr">
         <is>
-          <t>вул. Чапаєва, 42 а</t>
+          <t>вул. Пушкіна, 4</t>
         </is>
       </c>
       <c r="P60" s="5" t="inlineStr">
         <is>
-          <t>(098)257-40-78</t>
+          <t>+038(53)-231-93</t>
         </is>
       </c>
       <c r="Q60" s="5" t="inlineStr">
         <is>
-          <t>yarmol.rstk@ukr.net</t>
+          <t>yarm.list16@gmail.com</t>
         </is>
       </c>
       <c r="R60" s="5"/>
       <c r="S60" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Тимчасово виконуючий обов`язки</t>
         </is>
       </c>
       <c r="T60" s="5" t="inlineStr">
         <is>
-          <t>Трембач Микола Іванович</t>
-[...82 lines deleted...]
-        <is>
           <t>Нестер Дмитро Миколайович</t>
         </is>
       </c>
-      <c r="U61" s="8" t="n">
+      <c r="U60" s="8" t="n">
         <v>44239</v>
       </c>
-      <c r="V61" s="5" t="inlineStr">
+      <c r="V60" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:V61"/>
+  <autoFilter ref="A1:V60"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>