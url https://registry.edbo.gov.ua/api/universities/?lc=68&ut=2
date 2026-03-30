--- v2 (2026-02-09)
+++ v3 (2026-03-30)
@@ -2383,54 +2383,58 @@
           <t>30000</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
           <t>UA68060270010040268</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
           <t>м. Славута</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
           <t>вул. Ярослава Мудрого, 75</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>80972582069;</t>
-[...2 lines deleted...]
-      <c r="Q26" s="5"/>
+          <t>+38(809)-725-82-06</t>
+        </is>
+      </c>
+      <c r="Q26" s="5" t="inlineStr">
+        <is>
+          <t>slavutskiy_profe@ukr.net</t>
+        </is>
+      </c>
       <c r="R26" s="5"/>
       <c r="S26" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
           <t>Ніжнік Надія Олександрівна</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Подільський навчально-технічний центр"</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
         <v>4970</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
@@ -3293,54 +3297,58 @@
           <t>30200</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
           <t>UA68060030010060271</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
           <t>с-ще Білогір’я</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 60</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>80384191589;</t>
-[...2 lines deleted...]
-      <c r="Q37" s="5"/>
+          <t>+38(803)-841-91-58</t>
+        </is>
+      </c>
+      <c r="Q37" s="5" t="inlineStr">
+        <is>
+          <t>leonidkovalsky@gmail.com</t>
+        </is>
+      </c>
       <c r="R37" s="5"/>
       <c r="S37" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
           <t>Ковальський Леонід Олександрович</t>
         </is>
       </c>
       <c r="U37" s="8"/>
       <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>Віньковецький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
         <v>4326</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
@@ -3721,51 +3729,51 @@
           <t>30455</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
           <t>UA68060070010054538</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
           <t>с-ще Гриців</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
           <t>вул. Горького, 3</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>0384034354; 0384034365</t>
+          <t>+38(067)-700-35-19;</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
           <t>vhpu19@ukr.net</t>
         </is>
       </c>
       <c r="R42" s="5"/>
       <c r="S42" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
           <t>Слаба Інна Петрівна</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>Грицівське вище професійне училище №38</t>
@@ -3897,54 +3905,58 @@
           <t>32200</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
           <t>UA68040150010024820</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
           <t>м. Деражня</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
           <t>вул. Миру, 177А</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>+38(097)-525-71-61;</t>
-[...2 lines deleted...]
-      <c r="Q44" s="5"/>
+          <t>+38(097)-525-71-61</t>
+        </is>
+      </c>
+      <c r="Q44" s="5" t="inlineStr">
+        <is>
+          <t>dpal042i@ukr.net</t>
+        </is>
+      </c>
       <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
           <t>Дащенко Віталій Віталійович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>ПРОФЕСІЙНО -ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД ДЕРАЖНЯНСЬКИЙ СПОРТИВНО -ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
         <v>7021</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
@@ -4383,55 +4395,63 @@
           <t>30664</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
           <t>UA68040450230067212</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>с. Коров’є</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
           <t>вул. Заводська, 14</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>+380978955173; 9-34-18;</t>
-[...3 lines deleted...]
-      <c r="R50" s="5"/>
+          <t>+38(097)-895-51-73</t>
+        </is>
+      </c>
+      <c r="Q50" s="5" t="inlineStr">
+        <is>
+          <t>teofipolpal@gmail.com</t>
+        </is>
+      </c>
+      <c r="R50" s="5" t="inlineStr">
+        <is>
+          <t>https://teofipolpapl.km.ua/</t>
+        </is>
+      </c>
       <c r="S50" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
           <t>Гладищук Павло Васильович</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Красилівський професійний ліцей"</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
         <v>2437</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
@@ -4553,52 +4573,60 @@
       <c r="K52" s="7" t="inlineStr">
         <is>
           <t>32046</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
           <t>UA68040130210022684</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
           <t>с. Лісоводи</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
           <t>вул. Сугерова, 2</t>
         </is>
       </c>
-      <c r="P52" s="5"/>
-      <c r="Q52" s="5"/>
+      <c r="P52" s="5" t="inlineStr">
+        <is>
+          <t>+38(038)-519-32-50</t>
+        </is>
+      </c>
+      <c r="Q52" s="5" t="inlineStr">
+        <is>
+          <t>dptnz40@ukr.net</t>
+        </is>
+      </c>
       <c r="R52" s="5"/>
       <c r="S52" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
           <t>Романчук Сергій Петрович</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Новоселицький професійно-технічний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
         <v>3845</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
@@ -4652,218 +4680,218 @@
           <t>(067)588-52-15</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
           <t>tovnptal@i.ua</t>
         </is>
       </c>
       <c r="R53" s="5"/>
       <c r="S53" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
           <t>Хомяк Володимир Володимирович</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Плужненський професійний аграрний ліцей</t>
+          <t>Державний навчальний заклад "Полонський агропромисловий центр професійної освіти"</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>2402</v>
+        <v>2403</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>Плуженський ПАЛ</t>
+          <t>.ДНЗ "Полонський АЦПО"</t>
         </is>
       </c>
       <c r="E54" s="5"/>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>1954</v>
+        <v>1984</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J54" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>30320</t>
+          <t>30500</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
-          <t>UA68060190010049660</t>
+          <t>UA68060210010068447</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
-          <t>с. Плужне</t>
+          <t>м. Полонне</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. -, -</t>
+          <t>вул. Юзькова, 48</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>(03852) 3 11 98, 4 13 45</t>
+          <t>(03843) 2-02-86, 7-12-93</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>ppal33@ukr.net</t>
+          <t>ppal035@ukr.net</t>
         </is>
       </c>
       <c r="R54" s="5" t="inlineStr">
         <is>
-          <t>http://ppal.22web.org/</t>
+          <t>https://polacpo.km.ua</t>
         </is>
       </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Краснолуцький Олег Васильович</t>
+          <t>Станіслав Тарас Григорович</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Полонський агропромисловий центр професійної освіти"</t>
+          <t>Плужненський професійний аграрний ліцей</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>2403</v>
+        <v>2402</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>.ДНЗ "Полонський АЦПО"</t>
+          <t>Плуженський ПАЛ</t>
         </is>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="7"/>
       <c r="G55" s="6" t="n">
-        <v>1984</v>
+        <v>1954</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J55" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>30500</t>
+          <t>30320</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
-          <t>UA68060210010068447</t>
+          <t>UA68060190010049660</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
-          <t>м. Полонне</t>
+          <t>с. Плужне</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. Юзькова, 48</t>
+          <t>вул. -, -</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>(03843) 2-02-86, 7-12-93</t>
+          <t>(03852) 3 11 98, 4 13 45</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>ppal035@ukr.net</t>
+          <t>ppal33@ukr.net</t>
         </is>
       </c>
       <c r="R55" s="5" t="inlineStr">
         <is>
-          <t>https://polacpo.km.ua</t>
+          <t>http://ppal.22web.org/</t>
         </is>
       </c>
       <c r="S55" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Станіслав Тарас Григорович</t>
+          <t>Краснолуцький Олег Васильович</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>Чемеровецький ліцей №1 Чемеровецької селищної ради Хмельницької області</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
         <v>4345</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <t>Чемеровецький ліцей №1</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>Chemerivtsi Lyceym No 1 Chemerivtsi village council Khmelnytsky region</t>
         </is>
       </c>
@@ -4970,60 +4998,68 @@
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K57" s="7" t="inlineStr">
         <is>
           <t>31310</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
           <t>UA68040490010048380</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
           <t>с-ще Чорний Острів</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>вул. Жовтнева, 1</t>
+          <t>вул. Незалежності, 1</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>623187;</t>
-[...3 lines deleted...]
-      <c r="R57" s="5"/>
+          <t>+38(097)-408-49-09</t>
+        </is>
+      </c>
+      <c r="Q57" s="5" t="inlineStr">
+        <is>
+          <t>agrolicei39@ukr.net</t>
+        </is>
+      </c>
+      <c r="R57" s="5" t="inlineStr">
+        <is>
+          <t>https://agrolicei.km.ua/</t>
+        </is>
+      </c>
       <c r="S57" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T57" s="5" t="inlineStr">
         <is>
           <t>Яремчук Світлана Олексіївна</t>
         </is>
       </c>
       <c r="U57" s="8"/>
       <c r="V57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Ярмолинецький агропромисловий центр професійної освіти"</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
         <v>2399</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
@@ -5050,64 +5086,68 @@
           <t>Департамент освіти та науки Хмельницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K58" s="7" t="inlineStr">
         <is>
           <t>32100</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
           <t>UA68040530010073509</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
           <t>с-ще Ярмолинці</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Пушкіна, 2</t>
+          <t>вул. Захисників України, 2</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>(038)532-33-01, (038)533-03-05</t>
+          <t>+38(038)-532-33-01</t>
         </is>
       </c>
       <c r="Q58" s="5" t="inlineStr">
         <is>
           <t>jpl-2002@ukr.net</t>
         </is>
       </c>
-      <c r="R58" s="5"/>
+      <c r="R58" s="5" t="inlineStr">
+        <is>
+          <t>https://dnzyapcpo.km.ua/</t>
+        </is>
+      </c>
       <c r="S58" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
           <t>Нарольський Павло Володимирович</t>
         </is>
       </c>
       <c r="U58" s="8"/>
       <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>Професійно-технічний навчальний заклад Ярмолинецький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
         <v>6997</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>