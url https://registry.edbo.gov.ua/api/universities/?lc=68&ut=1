--- v0 (2025-10-18)
+++ v1 (2026-01-01)
@@ -547,56 +547,56 @@
           <t>29016</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA68040470010096613</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Хмельницька обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Хмельницький</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>Львівське шосе , 51/2</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>0382 725387; 067-9163650;</t>
+          <t>+38(038)-272-53-87</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>hiep@infokom.km.uf</t>
+          <t>uniepkm@gmail.com</t>
         </is>
       </c>
       <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Желавський Олег Борисович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Хмельницька гуманітарно-педагогічна академія</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>112</v>
       </c>
@@ -745,51 +745,51 @@
           <t>просп. Миру, 101-А</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
           <t>(0382) 63-03-05</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
           <t>himaup@ukr.net</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
           <t>http://maup.km.ua</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Білий Леонід Григорович</t>
+          <t>Парандій Валентина Олександрівна</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Хмельницький кооперативний торговельно-економічний інститут</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>254</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t>ХКТЕІ</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t>Khmelnytskyi Cooperative Trade and Economic Institute</t>
         </is>
       </c>
@@ -956,51 +956,51 @@
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Матюх Сергій Анатолійович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Хмельницький університет управління та права імені Леоніда Юзькова</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>275</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>ХУУП імені Леоніда Юзькова</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>leonid Yuzkov Khmelnytskyi University of Management and Law</t>
+          <t>Leonid Yuzkov Khmelnytskyi University of Management and Law</t>
         </is>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
           <t>29000</t>
         </is>