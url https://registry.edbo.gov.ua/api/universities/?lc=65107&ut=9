--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -386,56 +386,56 @@
           <t>м. Нова Каховка</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Горького, 1</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>0990995556</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>office@nkatk.com</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>nkatk.com</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Вітовщик Олена Анатоліївна</t>
+          <t>Гребінчак Олександр Ілліч</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ «Новокаховський політехнічний фаховий коледж Національного університету «Одеська політехніка»</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>5781</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>5754</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>НПФК Одеської політехніки</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>Separated Structural Unit Nova Kakhovka Polytechnic Professional College of Odessa Polytechnic National University</t>