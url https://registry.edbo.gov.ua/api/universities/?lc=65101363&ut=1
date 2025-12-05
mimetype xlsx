--- v0 (2025-10-16)
+++ v1 (2025-12-05)
@@ -306,226 +306,226 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Херсонський державний університет</t>
+          <t>Приватний вищий навчальний заклад "Херсонський економічно - правовий інститут"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>48</v>
+        <v>293</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>ХДУ</t>
+          <t>ПВНЗ ХЕПІ</t>
         </is>
       </c>
       <c r="E2" s="5" t="inlineStr">
         <is>
-          <t>Kherson State University</t>
-[...6 lines deleted...]
-      </c>
+          <t>Private Higher Educational Institution «Kherson Economics and Law Institute»</t>
+        </is>
+      </c>
+      <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>1917</v>
+        <v>1995</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J2" s="5"/>
       <c r="K2" s="7" t="inlineStr">
         <is>
-          <t>73000</t>
+          <t>73028</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>вул. Університетська, 27</t>
+          <t>вул. Кримська, 130</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>+38 096 310 2636</t>
+          <t>+38(055)-255-60-54</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>office@ksu.ks.ua</t>
+          <t>hepi@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
-          <t>www.kspu.edu</t>
+          <t>https://hepi.ks.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>ректор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Співаковський Олександр Володимирович</t>
+          <t>Покотилова Олена Ігорівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Херсонський економічно - правовий інститут"</t>
+          <t>Херсонський державний університет</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>293</v>
+        <v>48</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ ХЕПІ</t>
+          <t>ХДУ</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
-          <t>Private Higher Educational Institution «Kherson Economics and Law Institute»</t>
-[...2 lines deleted...]
-      <c r="F3" s="7"/>
+          <t>Kherson State University</t>
+        </is>
+      </c>
+      <c r="F3" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G3" s="6" t="n">
-        <v>1995</v>
+        <v>1917</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J3" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J3" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
-          <t>73028</t>
+          <t>73000</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>вул. Кримська, 130</t>
+          <t>вул. Університетська, 27</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>+38(055)-255-60-54</t>
+          <t>+38 096 310 2636</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
-          <t>hepi@ukr.net</t>
+          <t>office@ksu.ks.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
-          <t>https://hepi.ks.ua/</t>
+          <t>www.kspu.edu</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>ректор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Покотилова Олена Ігорівна</t>
+          <t>Співаковський Олександр Володимирович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Херсонський національний технічний університет</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>86</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ХНТУ</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Kherson National Technical University</t>
         </is>
       </c>