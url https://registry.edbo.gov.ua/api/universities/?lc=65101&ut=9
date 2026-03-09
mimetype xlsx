--- v0 (2025-10-15)
+++ v1 (2026-03-09)
@@ -306,890 +306,886 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Херсонський фаховий коледж музичного мистецтва" Херсонської обласної ради</t>
+          <t>Коледж при Приватному вищому навчальному закладі "Херсонський економічно-правовий інститут"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>818</v>
-[...1 lines deleted...]
-      <c r="C2" s="6"/>
+        <v>2851</v>
+      </c>
+      <c r="C2" s="6" t="n">
+        <v>293</v>
+      </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>КЗ "Херсонський фаховий коледж музичного мистецтва" ХОР</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E2" s="5" t="inlineStr">
         <is>
-          <t>Municipal Institution "Kherson Professional College of Music Art" of Kherson Regional Council</t>
+          <t>College at Private Higher Educational Institution Kherson Economics and Law Institute</t>
         </is>
       </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>1908</v>
+        <v>2000</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J2" s="5"/>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>73000</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010064384</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>просп. Ушакова, 39</t>
+          <t>вул. Кримська, 130</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>+38(055)222-55-76</t>
+          <t>0503186938</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>xmy@online.ua</t>
+          <t>hepi@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
-          <t>www.xmy.org.ua</t>
+          <t>https://hepi.ks.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Липа Олена Анатоліївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Зазуляк Іван Іванович</t>
+        </is>
+      </c>
+      <c r="U2" s="8"/>
+      <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Херсонський фаховий коледж культури і мистецтв" Херсонської обласної ради</t>
+          <t>Комунальний заклад "Херсонський фаховий коледж музичного мистецтва" Херсонської обласної ради</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>819</v>
+        <v>818</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>КЗ "Херсонський фаховий коледж культури і мистецтв"</t>
+          <t>КЗ "Херсонський фаховий коледж музичного мистецтва" ХОР</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
-          <t>Communal institution "Kherson applied college of culture and arts" of the Kherson regional council</t>
+          <t>Municipal Institution "Kherson Professional College of Music Art" of Kherson Regional Council</t>
         </is>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
-        <v>1944</v>
+        <v>1908</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J3" s="5" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Херсонської обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
           <t>73000</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>вул. Преображенська, 20</t>
+          <t>просп. Ушакова, 39</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>+380 50 318 67 70</t>
+          <t>+38(055)222-55-76</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
-          <t>collegeart@ukr.net</t>
+          <t>xmy@online.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
-          <t>collegeart.ks.ua</t>
+          <t>www.xmy.org.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Виконуюча обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Федотова Наталія Вікторівна</t>
-[...3 lines deleted...]
-      <c r="V3" s="5"/>
+          <t>Липа Олена Анатоліївна</t>
+        </is>
+      </c>
+      <c r="U3" s="8" t="n">
+        <v>45237</v>
+      </c>
+      <c r="V3" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Морський фаховий коледж Херсонської державної морської академії"</t>
+          <t>Комунальний заклад "Херсонський фаховий коледж культури і мистецтв" Херсонської обласної ради</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>1053</v>
-[...3 lines deleted...]
-      </c>
+        <v>819</v>
+      </c>
+      <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>ВСП "МФК ХДМА"</t>
+          <t>КЗ "Херсонський фаховий коледж культури і мистецтв"</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
-          <t>Separated Structural Unit "Maritime Applied College of Kherson State Maritime Academy"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Communal institution "Kherson applied college of culture and arts" of the Kherson regional council</t>
+        </is>
+      </c>
+      <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
-        <v>1834</v>
+        <v>1944</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Управління освіти і науки Херсонської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K4" s="7" t="inlineStr">
         <is>
           <t>73000</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>просп. Ушакова, 14/1</t>
+          <t>вул. Преображенська, 20</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>+38(055)222-32-82</t>
+          <t>+380 50 318 67 70</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>maritime_college@ukr.net</t>
+          <t>collegeart@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
-          <t>http://www.kmc.ks.ua/</t>
+          <t>collegeart.ks.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. начальника Відокремленого структурного підрозділу "Морського фахового коледжа Херсонської державної морської академії"</t>
+          <t>Виконуюча обов'язки директора</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Левківський Руслан Миколайович</t>
+          <t>Федотова Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Херсонський політехнічний фаховий коледж Національного університету "Одеська політехніка"</t>
+          <t>Відокремлений структурний підрозділ "Морський фаховий коледж Херсонської державної морської академії"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>5775</v>
+        <v>1053</v>
       </c>
       <c r="C5" s="6" t="n">
-        <v>5754</v>
+        <v>1040</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
-          <t>ХПФК Одеської політехніки</t>
+          <t>ВСП "МФК ХДМА"</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
-          <t>Separated structural subdivision Kherson Polytechnic Professional College of Odessa Politechnic National University</t>
+          <t>Separated Structural Unit "Maritime Applied College of Kherson State Maritime Academy"</t>
         </is>
       </c>
       <c r="F5" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G5" s="6" t="n">
-        <v>1946</v>
+        <v>1834</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J5" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K5" s="7" t="inlineStr">
         <is>
-          <t>73020</t>
+          <t>73000</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
-          <t>UA65100150010064384</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
-          <t>вул. Небесної сотні, 23</t>
+          <t>просп. Ушакова, 14/1</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>+38(067)5835663</t>
+          <t>+38(055)222-32-82</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
-          <t>kspk@op.edu.ua</t>
+          <t>maritime_college@ukr.net</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
-          <t>https://kspk.op.edu.ua</t>
+          <t>http://www.kmc.ks.ua/</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Т.в.о. начальника Відокремленого структурного підрозділу "Морського фахового коледжа Херсонської державної морської академії"</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Яковенко Олександр Євгенович</t>
+          <t>Левківський Руслан Миколайович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Херсонський морський фаховий коледж рибної промисловості</t>
+          <t>Відокремлений структурний підрозділ "Херсонський політехнічний фаховий коледж Національного університету "Одеська політехніка"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>2795</v>
-[...1 lines deleted...]
-      <c r="C6" s="6"/>
+        <v>5775</v>
+      </c>
+      <c r="C6" s="6" t="n">
+        <v>5754</v>
+      </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>ХМФКРП</t>
+          <t>ХПФК Одеської політехніки</t>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
-          <t>Kherson Professional Maritime College of Fisheries</t>
-[...2 lines deleted...]
-      <c r="F6" s="7"/>
+          <t>Separated structural subdivision Kherson Polytechnic Professional College of Odessa Politechnic National University</t>
+        </is>
+      </c>
+      <c r="F6" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G6" s="6" t="n">
-        <v>1950</v>
+        <v>1946</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>73025</t>
+          <t>73020</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA65100150010064384</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>вул. Грецька, 55</t>
+          <t>вул. Небесної сотні, 23</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>+380 99 296 30 47</t>
+          <t>+38(067)5835663</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>office@fishers.com.ua</t>
+          <t>kspk@op.edu.ua</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
-          <t>www.fishers.com.ua</t>
+          <t>https://kspk.op.edu.ua</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
-          <t>В.о. начальника коледжу</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Соловйова Вікторія Федорівна</t>
+          <t>Яковенко Олександр Євгенович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Херсонський кооперативний економіко-правовий фаховий коледж</t>
+          <t>Херсонський морський фаховий коледж рибної промисловості</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>821</v>
+        <v>2795</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>ХКЕПФК</t>
+          <t>ХМФКРП</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
-          <t>Kherson cooperative economy-law professional college</t>
+          <t>Kherson Professional Maritime College of Fisheries</t>
         </is>
       </c>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>1928</v>
+        <v>1950</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J7" s="5" t="inlineStr">
         <is>
-          <t>ХЕРСОНСЬКА ОБЛАСНА СПІЛКА СПОЖИВЧИХ ТОВАРИСТВ</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>73000</t>
+          <t>73025</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010064384</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>просп. Ушакова, 60</t>
+          <t>вул. Грецька, 55</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>0981711404, 0504943430</t>
+          <t>+380 99 296 30 47</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>xcooptex@ukr.net</t>
+          <t>office@fishers.com.ua</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
-          <t>https://www.hkepfk.in.ua</t>
+          <t>www.fishers.com.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. начальника коледжу</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Лімакова Людмила Миколаївна</t>
+          <t>Соловйова Вікторія Федорівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Економіко-технологічний фаховий коледж Херсонського національного технічного університету"</t>
+          <t>Херсонський кооперативний економіко-правовий фаховий коледж</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>912</v>
-[...3 lines deleted...]
-      </c>
+        <v>821</v>
+      </c>
+      <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>ВСП "ЕТФК ХНТУ"</t>
+          <t>ХКЕПФК</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
-          <t>Separate structural subdivision "Professional college of economics and technology of Kherson National Technical University"</t>
+          <t>Kherson cooperative economy-law professional college</t>
         </is>
       </c>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>1955</v>
+        <v>1928</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>ХЕРСОНСЬКА ОБЛАСНА СПІЛКА СПОЖИВЧИХ ТОВАРИСТВ</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>73008</t>
+          <t>73000</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Бериславське шосе, 22</t>
+          <t>просп. Ушакова, 60</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>+380958480290, +380954716738</t>
+          <t>0981711404, 0504943430</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>ett@kntu.net.ua</t>
+          <t>xcooptex@ukr.net</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
-          <t>http://kntu.net.ua/ukr/content/view/full/38351</t>
+          <t>https://www.hkepfk.in.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Матрюк Надія Олександрівна</t>
+          <t>Лімакова Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Херсонський гідрометеорологічний фаховий коледж Одеського національного університету імені І. І. Мечникова"</t>
+          <t>Відокремлений структурний підрозділ "Економіко-технологічний фаховий коледж Херсонського національного технічного університету"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>7309</v>
+        <v>912</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>28</v>
+        <v>86</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>ВСП «ХГМФК ОНУ імені І.І. Мечникова»</t>
+          <t>ВСП "ЕТФК ХНТУ"</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>Separate structural unit "Kherson Hydrometeorological Professional College of Odessa National University named after I.I. Mechnikov"</t>
+          <t>Separate structural subdivision "Professional college of economics and technology of Kherson National Technical University"</t>
         </is>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>2024</v>
+        <v>1955</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>73000</t>
+          <t>73008</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Гошкевича Віктора, 11</t>
+          <t>вул. Бериславське шосе, 22</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>(0552)46-72-93, 26-45-57</t>
+          <t>+38(095)-848-02-90</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>gidromet_kherson@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>ett@kntu.edu.ua</t>
+        </is>
+      </c>
+      <c r="R9" s="5"/>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Кіріяк Світлана Григоріївна</t>
+          <t>Матрюк Надія Олександрівна</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Коледж при Приватному вищому навчальному закладі "Херсонський економічно-правовий інститут"</t>
+          <t>Відокремлений структурний підрозділ "Херсонський гідрометеорологічний фаховий коледж Одеського національного університету імені І. І. Мечникова"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>2851</v>
+        <v>7309</v>
       </c>
       <c r="C10" s="6" t="n">
-        <v>293</v>
+        <v>28</v>
       </c>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ВСП «ХГМФК ОНУ імені І.І. Мечникова»</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
-          <t>College at Private Higher Educational Institution Kherson Economics and Law Institute</t>
+          <t>Separate structural unit "Kherson Hydrometeorological Professional College of Odessa National University named after I.I. Mechnikov"</t>
         </is>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>2000</v>
+        <v>2024</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J10" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
           <t>73000</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
-          <t>UA65100150010064384</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>вул. Кримська, 130</t>
+          <t>вул. Гошкевича Віктора, 11</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>0503186938</t>
+          <t>(0552)46-72-93, 26-45-57</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>hepi@ukr.net</t>
+          <t>gidromet_kherson@ukr.net</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
-          <t>https://hepi.ks.ua/</t>
+          <t>https://www.hgmfk.com</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Зазуляк Іван Іванович</t>
+          <t>Кіріяк Світлана Григоріївна</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад «Херсонський базовий медичний фаховий коледж» Херсонської обласної ради</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>820</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t>ХБМФК ХОР</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>Communal institution «Kherson base medical professional college» of Kherson regional council</t>
         </is>
       </c>
@@ -1221,63 +1217,55 @@
           <t>73036</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
           <t>UA65100150010064384</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
           <t>вул. Перекопська, 164 а</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>+380506470218</t>
-[...11 lines deleted...]
-      </c>
+          <t>556798;</t>
+        </is>
+      </c>
+      <c r="Q11" s="5"/>
+      <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор коледжу</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Ващук Микола Сергійович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Херсонський фаховий спортивний коледж" Херсонської обласної ради</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>1487</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>