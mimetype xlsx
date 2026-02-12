--- v0 (2025-12-07)
+++ v1 (2026-02-12)
@@ -1006,56 +1006,56 @@
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
           <t>73000</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA65100150010064384</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>просп. Ушакова, 20</t>
+          <t>просп. Незалежності, 20</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>+380(68)-058-59-98</t>
+          <t>+38(068)-058-59-98</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
           <t>ksma@ksma.ks.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
           <t>https://ksma.ks.ua/</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
           <t>Гусєв Віктор Миколайович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>