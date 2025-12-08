--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -556,52 +556,58 @@
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>+38 050 030 54 08</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>016nkvpu@i.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>www.nkvpu.com</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Гарькавий Віталій Леонідович</t>
         </is>
       </c>
-      <c r="U4" s="8"/>
-      <c r="V4" s="5"/>
+      <c r="U4" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V4" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Новокаховський професійний електротехнічний ліцей</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>2494</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>НКПЕТЛ</t>
         </is>
       </c>
       <c r="E5" s="5"/>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
         <v>1989</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -3230,52 +3236,58 @@
       <c r="P35" s="5" t="inlineStr">
         <is>
           <t>0553822362</t>
         </is>
       </c>
       <c r="Q35" s="5" t="inlineStr">
         <is>
           <t>030chpal@i.ua</t>
         </is>
       </c>
       <c r="R35" s="5" t="inlineStr">
         <is>
           <t>www.chpal.at.ua</t>
         </is>
       </c>
       <c r="S35" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
           <t>Ібрагімова Олена Вікторівна</t>
         </is>
       </c>
-      <c r="U35" s="8"/>
-      <c r="V35" s="5"/>
+      <c r="U35" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V35" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:V35"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>