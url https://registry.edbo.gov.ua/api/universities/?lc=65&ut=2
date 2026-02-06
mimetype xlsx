--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -556,58 +556,52 @@
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>+38 050 030 54 08</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>016nkvpu@i.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>www.nkvpu.com</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Гарькавий Віталій Леонідович</t>
         </is>
       </c>
-      <c r="U4" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U4" s="8"/>
+      <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Новокаховський професійний електротехнічний ліцей</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>2494</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>НКПЕТЛ</t>
         </is>
       </c>
       <c r="E5" s="5"/>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
         <v>1989</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -2714,52 +2708,58 @@
         <is>
           <t>вул. Ковпака, 36</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
           <t>(05534) 3-02-34</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
           <t>027ptu@i.ua</t>
         </is>
       </c>
       <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
           <t>Сідлак Ельміра Шамратівна</t>
         </is>
       </c>
-      <c r="U29" s="8"/>
-      <c r="V29" s="5"/>
+      <c r="U29" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V29" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Дар`ївський навчальний центр №10"</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
         <v>4052</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <t>ДПТН "Дар`ївський навчальний центр №10"</t>
         </is>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
         <v>2005</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>