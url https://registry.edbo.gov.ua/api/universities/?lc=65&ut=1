--- v0 (2025-10-13)
+++ v1 (2025-11-27)
@@ -306,1050 +306,1050 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Релігійна організація "Вищий духовний навчальний заклад "ТАВРІЙСЬКИЙ ХРИСТИЯНСЬКИЙ ІНСТИТУТ"</t>
+          <t>Приватний вищий навчальний заклад "Херсонський економічно - правовий інститут"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>4166</v>
+        <v>293</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>РО "ВДНЗ "ТХІ"</t>
-[...2 lines deleted...]
-      <c r="E2" s="5"/>
+          <t>ПВНЗ ХЕПІ</t>
+        </is>
+      </c>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t>Private Higher Educational Institution «Kherson Economics and Law Institute»</t>
+        </is>
+      </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J2" s="5"/>
       <c r="K2" s="7" t="inlineStr">
         <is>
-          <t>73000</t>
+          <t>73028</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
-          <t>UA65100150020050619</t>
+          <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
-          <t>с-ще Антонівка</t>
+          <t>м. Херсон</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>вул. Дніпровська, 74</t>
+          <t>вул. Кримська, 130</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(098)1071324</t>
+          <t>+38(055)-255-60-54</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>tci.ofis@gmail.com</t>
+          <t>hepi@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
-          <t>www.tci.org.ua</t>
+          <t>https://hepi.ks.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>ректор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Синій Валентин Сергійович</t>
+          <t>Покотилова Олена Ігорівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>Херсонський державний університет</t>
+          <t>Релігійна організація "Вищий духовний навчальний заклад "ТАВРІЙСЬКИЙ ХРИСТИЯНСЬКИЙ ІНСТИТУТ"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>48</v>
+        <v>4166</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>ХДУ</t>
-[...11 lines deleted...]
-      </c>
+          <t>РО "ВДНЗ "ТХІ"</t>
+        </is>
+      </c>
+      <c r="E3" s="5"/>
+      <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
-        <v>1917</v>
+        <v>1997</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J3" s="5"/>
       <c r="K3" s="7" t="inlineStr">
         <is>
           <t>73000</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150020050619</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
-          <t>м. Херсон</t>
+          <t>с-ще Антонівка</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>вул. Університетська, 27</t>
+          <t>вул. Дніпровська, 74</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>+38 096 310 2636</t>
+          <t>(098)1071324</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
-          <t>office@ksu.ks.ua</t>
+          <t>tci.ofis@gmail.com</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
-          <t>www.kspu.edu</t>
+          <t>www.tci.org.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Співаковський Олександр Володимирович</t>
+          <t>Синій Валентин Сергійович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Новокаховський політехнічний інститут"</t>
+          <t>Херсонський державний університет</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>346</v>
+        <v>48</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "НКПІ"</t>
+          <t>ХДУ</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
-          <t>Private High Educational Establishment Nova Kakhovka Polytechnic Institute</t>
-[...2 lines deleted...]
-      <c r="F4" s="7"/>
+          <t>Kherson State University</t>
+        </is>
+      </c>
+      <c r="F4" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G4" s="6" t="n">
-        <v>1999</v>
+        <v>1917</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J4" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K4" s="7" t="inlineStr">
         <is>
-          <t>74900</t>
+          <t>73000</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
-          <t>UA65060170010075325</t>
+          <t>UA65100150010123057</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
-          <t>м. Нова Каховка</t>
+          <t>м. Херсон</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>вул. Першотравнева, 35</t>
+          <t>вул. Університетська, 27</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>(055)4972575, 0554972636</t>
+          <t>+38 096 310 2636</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>nkpi@ukr.net</t>
+          <t>office@ksu.ks.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
-          <t>www.nkpi.com.ua</t>
+          <t>www.kspu.edu</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Трифонова Ольга Пилипівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Співаковський Олександр Володимирович</t>
+        </is>
+      </c>
+      <c r="U4" s="8"/>
+      <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Херсонський державний аграрно-економічний університет</t>
+          <t>Приватний вищий навчальний заклад "Новокаховський політехнічний інститут"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>213</v>
+        <v>346</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
-          <t>ХДАЕУ</t>
+          <t>ПВНЗ "НКПІ"</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
-          <t>Kherson state agrarian and economic university</t>
-[...6 lines deleted...]
-      </c>
+          <t>Private High Educational Establishment Nova Kakhovka Polytechnic Institute</t>
+        </is>
+      </c>
+      <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
-        <v>1874</v>
+        <v>1999</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J5" s="5"/>
       <c r="K5" s="7" t="inlineStr">
         <is>
-          <t>73006</t>
+          <t>74900</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
-          <t>UA65100150010064384</t>
+          <t>UA65060170010075325</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
-          <t>м. Херсон</t>
+          <t>м. Нова Каховка</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
-          <t>вул. Стрітенська, 23</t>
+          <t>вул. Першотравнева, 35</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>(095)4191515; (095)7012715</t>
+          <t>(055)4972575, 0554972636</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
-          <t>office@ksaeu.kherson.ua</t>
+          <t>nkpi@ukr.net</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
-          <t>www.ksau.kherson.ua</t>
+          <t>www.nkpi.com.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Кирилов Юрій Євгенович</t>
-[...3 lines deleted...]
-      <c r="V5" s="5"/>
+          <t>Трифонова Ольга Пилипівна</t>
+        </is>
+      </c>
+      <c r="U5" s="8" t="n">
+        <v>45600</v>
+      </c>
+      <c r="V5" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Заклад вищої освіти "Міжнародний університет бізнесу і права"</t>
+          <t>Херсонський державний аграрно-економічний університет</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>119</v>
+        <v>213</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>ЗВО "МУБІП"</t>
+          <t>ХДАЕУ</t>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
-          <t>International University of Business and Law</t>
-[...2 lines deleted...]
-      <c r="F6" s="7"/>
+          <t>Kherson state agrarian and economic university</t>
+        </is>
+      </c>
+      <c r="F6" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G6" s="6" t="n">
-        <v>1994</v>
+        <v>1874</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J6" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J6" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>73039</t>
+          <t>73006</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010064384</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>вул. 49-ої Гвардійської Херсонської дивізії, 37-А</t>
+          <t>вул. Стрітенська, 23</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>(098) 265-14-36</t>
+          <t>(095)4191515; (095)7012715</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>mubip@mubip.org.ua</t>
+          <t>office@ksaeu.kherson.ua</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
-          <t>www.mubip.org.ua</t>
+          <t>www.ksau.kherson.ua</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Ненько Сергій Сергійович</t>
+          <t>Кирилов Юрій Євгенович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Херсонський навчально-науковий інститут Національного університету кораблебудування імені адмірала Макарова</t>
+          <t>Заклад вищої освіти "Міжнародний університет бізнесу і права"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>ХННІ НУК</t>
+          <t>ЗВО "МУБІП"</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
-          <t>Kherson Educational-Scientific Institute of Admiral Makarov National University of Shipbuilding</t>
-[...6 lines deleted...]
-      </c>
+          <t>International University of Business and Law</t>
+        </is>
+      </c>
+      <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>1949</v>
+        <v>1994</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J7" s="5"/>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>73003</t>
+          <t>73039</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
-          <t>UA65100150010064384</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>просп. Незалежності, 44</t>
+          <t>вул. 49-ої Гвардійської Херсонської дивізії, 37-А</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>(0552) 42-24-21, 26-30-09, 26-31-18</t>
+          <t>(098) 265-14-36</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>kbnuos@nuos.edu.ua</t>
+          <t>mubip@mubip.org.ua</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
-          <t>http://www.kb.nuos.edu.ua</t>
+          <t>www.mubip.org.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Дрозд Оксана Володимирівна</t>
+          <t>Ненько Сергій Сергійович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад "Морський інститут післядипломної освіти імені контр-адмірала Федора Федоровича Ушакова"</t>
+          <t>Херсонський навчально-науковий інститут Національного університету кораблебудування імені адмірала Макарова</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>3036</v>
-[...1 lines deleted...]
-      <c r="C8" s="6"/>
+        <v>219</v>
+      </c>
+      <c r="C8" s="6" t="n">
+        <v>105</v>
+      </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>Морський інститут ім.адм. Ф.Ф. Ушакова</t>
+          <t>ХННІ НУК</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
-          <t>Private Institution "Maritime Institute of Postgraduate Education named After Rare Admiral Fyodor F. Ushakov"</t>
-[...2 lines deleted...]
-      <c r="F8" s="7"/>
+          <t>Kherson Educational-Scientific Institute of Admiral Makarov National University of Shipbuilding</t>
+        </is>
+      </c>
+      <c r="F8" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G8" s="6" t="n">
-        <v>2015</v>
+        <v>1949</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J8" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J8" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>73000</t>
+          <t>73003</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA65100150010064384</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Дружби, 4</t>
+          <t>просп. Незалежності, 44</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>+380508373377</t>
+          <t>(0552) 42-24-21, 26-30-09, 26-31-18</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>office@aumi.institute</t>
+          <t>kbnuos@nuos.edu.ua</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
-          <t>http://aumi.institute</t>
+          <t>http://www.kb.nuos.edu.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>П`ятаков Едуард Миколайович</t>
+          <t>Дрозд Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Херсонська державна морська академія</t>
+          <t>Приватний заклад "Морський інститут післядипломної освіти імені контр-адмірала Федора Федоровича Ушакова"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>1040</v>
+        <v>3036</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>ХДМА</t>
+          <t>Морський інститут ім.адм. Ф.Ф. Ушакова</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>Kherson State Maritime Academy</t>
-[...6 lines deleted...]
-      </c>
+          <t>Private Institution "Maritime Institute of Postgraduate Education named After Rare Admiral Fyodor F. Ushakov"</t>
+        </is>
+      </c>
+      <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J9" s="5"/>
       <c r="K9" s="7" t="inlineStr">
         <is>
           <t>73000</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA65100150010064384</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>просп. Ушакова, 20</t>
+          <t>вул. Дружби, 4</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>+380(68)-058-59-98</t>
+          <t>+380508373377</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>ksma@ksma.ks.ua</t>
+          <t>office@aumi.institute</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>https://ksma.ks.ua/</t>
+          <t>http://aumi.institute</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Гусєв Віктор Миколайович</t>
+          <t>П`ятаков Едуард Миколайович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Коледж Приватного вищого навчального закладу Міжнародного університету бізнесу і права</t>
+          <t>Херсонська державна морська академія</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>1531</v>
-[...3 lines deleted...]
-      </c>
+        <v>1040</v>
+      </c>
+      <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ХДМА</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
-          <t>College of Private higher education institution International university of business and law</t>
-[...2 lines deleted...]
-      <c r="F10" s="7"/>
+          <t>Kherson State Maritime Academy</t>
+        </is>
+      </c>
+      <c r="F10" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G10" s="6" t="n">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J10" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>73079</t>
+          <t>73000</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
-          <t>UA65100150010361097</t>
+          <t>UA65100150010064384</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>вул. 49 Гвардійської дивізії, 37А</t>
+          <t>просп. Ушакова, 20</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>0552335340</t>
-[...3 lines deleted...]
-      <c r="R10" s="5"/>
+          <t>+380(68)-058-59-98</t>
+        </is>
+      </c>
+      <c r="Q10" s="5" t="inlineStr">
+        <is>
+          <t>ksma@ksma.ks.ua</t>
+        </is>
+      </c>
+      <c r="R10" s="5" t="inlineStr">
+        <is>
+          <t>https://ksma.ks.ua/</t>
+        </is>
+      </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Соколова Лариса Валеріївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Гусєв Віктор Миколайович</t>
+        </is>
+      </c>
+      <c r="U10" s="8"/>
+      <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Комунальний вищий навчальний заклад "Херсонська академія неперервної освіти" Херсонської обласної ради</t>
+          <t>Коледж Приватного вищого навчального закладу Міжнародного університету бізнесу і права</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>2750</v>
-[...1 lines deleted...]
-      <c r="C11" s="6"/>
+        <v>1531</v>
+      </c>
+      <c r="C11" s="6" t="n">
+        <v>119</v>
+      </c>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>КВНЗ "Херсонська академія неперервної освіти"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>Communal Higher Educational Establishment «Kherson Academy of Continuing Education» of Kherson Regional Council</t>
+          <t>College of Private higher education institution International university of business and law</t>
         </is>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J11" s="5"/>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>73000</t>
+          <t>73079</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
-          <t>UA65100150010064384</t>
+          <t>UA65100150010361097</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>вул. Покришева, 41</t>
+          <t>вул. 49 Гвардійської дивізії, 37А</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>0552370198; 370200; 410810; 410811</t>
-[...11 lines deleted...]
-      </c>
+          <t>0552335340</t>
+        </is>
+      </c>
+      <c r="Q11" s="5"/>
+      <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Жорова Ірина Ярославівна</t>
-[...3 lines deleted...]
-      <c r="V11" s="5"/>
+          <t>Соколова Лариса Валеріївна</t>
+        </is>
+      </c>
+      <c r="U11" s="8" t="n">
+        <v>44673</v>
+      </c>
+      <c r="V11" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Херсонський економічно - правовий інститут"</t>
+          <t>Комунальний вищий навчальний заклад "Херсонська академія неперервної освіти" Херсонської обласної ради</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>293</v>
+        <v>2750</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ ХЕПІ</t>
+          <t>КВНЗ "Херсонська академія неперервної освіти"</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>Private Higher Educational Institution «Kherson Economics and Law Institute»</t>
+          <t>Communal Higher Educational Establishment «Kherson Academy of Continuing Education» of Kherson Regional Council</t>
         </is>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J12" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J12" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти, науки та молоді Херсонської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>73028</t>
+          <t>73000</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150010064384</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Кримська, 130</t>
+          <t>вул. Покришева, 41</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>+38(055)-255-60-54</t>
+          <t>0552370198; 370200; 410810; 410811</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>hepi@ukr.net</t>
+          <t>info@academy.ks.ua</t>
         </is>
       </c>
       <c r="R12" s="5" t="inlineStr">
         <is>
-          <t>https://hepi.ks.ua/</t>
+          <t>academy.ks.ua</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Покотилова Олена Ігорівна</t>
+          <t>Жорова Ірина Ярославівна</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Херсонський національний технічний університет</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>86</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t>ХНТУ</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>Kherson National Technical University</t>
         </is>
       </c>