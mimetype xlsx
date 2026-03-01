--- v1 (2025-11-27)
+++ v2 (2026-03-01)
@@ -1100,56 +1100,56 @@
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
           <t>73000</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
           <t>UA65100150010064384</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Херсонська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>просп. Ушакова, 20</t>
+          <t>просп. Незалежності, 20</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>+380(68)-058-59-98</t>
+          <t>+38(068)-058-59-98</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
           <t>ksma@ksma.ks.ua</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
           <t>https://ksma.ks.ua/</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Гусєв Віктор Миколайович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>