--- v0 (2025-12-20)
+++ v1 (2026-03-21)
@@ -315,113 +315,105 @@
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Харківський обласний навчальний центр підготовки, перепідготовки та підвищення кваліфікації кадрів АПК"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>3878</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>Навчальний центр</t>
+          <t>ДНЗ «ХАРКІВСЬКИЙ ОНЦ АПК»</t>
         </is>
       </c>
       <c r="E2" s="5"/>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
           <t>Міністерство аграрної політики та продовольства України</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>62416</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA63120210010032897</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с-ще Пісочин</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Некрасова, 11</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>057-742-70-30, 057-742-75-48</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(057)-742-70-30; +38(057)-742-71-84;</t>
+        </is>
+      </c>
+      <c r="Q2" s="5"/>
+      <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Д`яченко Дмитро Іванович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 