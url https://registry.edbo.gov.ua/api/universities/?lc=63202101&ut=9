--- v0 (2025-12-23)
+++ v1 (2026-02-21)
@@ -366,56 +366,56 @@
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>64207</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA63040010010039074</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Балаклія</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>пл. Шевченка Тараса, 6</t>
+          <t>вул. Целуйка Володимира, 3</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(05749) 2-07-61</t>
+          <t>+38(057)-492-07-61</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>balkolleg@gmail.com</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://balakliya-gpa.kh.sch.in.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Камардаш Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>