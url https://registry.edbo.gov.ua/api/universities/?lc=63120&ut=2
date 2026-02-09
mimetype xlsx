--- v0 (2025-11-03)
+++ v1 (2026-02-09)
@@ -365,66 +365,66 @@
           <t>63503</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA63140170010036104</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Чугуїв</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Героїв Чорнобильців, 56</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>0574622683,0574622308</t>
+          <t>+38(057)-462-26-83</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>pr.chuguyiv@ptukh.org.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
-          <t>chrcpo.com.ua</t>
+          <t>https://chrcpo.com.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Грушка Віталій Олександрович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Чугуївський учбово-спортивний центр Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>4065</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>