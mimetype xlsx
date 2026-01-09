--- v0 (2025-10-23)
+++ v1 (2026-01-09)
@@ -367,56 +367,56 @@
           <t>61109</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA63120270010681864</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Драгомирівська, 4, кімната 1</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-720-19-22</t>
+          <t>+38(057)-720-19-22</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>info@hepu.edu.ua</t>
+          <t>kushivka30@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Оліфер Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Харківський фаховий вищий коледж мистецтв" Харківської обласної ради</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>801</v>
       </c>