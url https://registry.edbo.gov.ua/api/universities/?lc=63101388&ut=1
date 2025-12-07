--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -476,56 +476,56 @@
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>майдан Захисників України, 3</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>(057) 739-26-83, 732-87-58</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>mail@nangu.edu.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>nangu.edu.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. начальника Національної академії Національної гвардії України</t>
+          <t>Начальник Національної академії Національної гвардії України</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Єманов Владислав Вікторович</t>
+          <t>Манько Андрій Васильович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Приватний вищий навчальний заклад "Харківський міжнародний медичний університет"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>4054</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ПВНЗ "ХММУ"</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Private Institution of Higher Education "Kharkiv International Medical University"</t>
         </is>
       </c>