--- v0 (2025-10-28)
+++ v1 (2026-02-22)
@@ -380,51 +380,51 @@
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Золочівська, 8А</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>+380(57)-372-12-20</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>hniise@hniise.gov.ua</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Купріянова Анастасія Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>