--- v0 (2025-10-27)
+++ v1 (2026-02-20)
@@ -562,51 +562,51 @@
           <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>узвіз Куликівський, 3</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>+38(057)-392-15-78</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>kharkivmedcollege@gmail.com</t>
+          <t>kharkivmedcollege@homfk.ukr.education</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>homfk.com.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Стрельнікова Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Харківський фаховий коледж спортивного профілю" Харківської обласної ради</t>
         </is>