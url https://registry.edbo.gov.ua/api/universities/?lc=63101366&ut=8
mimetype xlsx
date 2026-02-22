--- v0 (2025-10-14)
+++ v1 (2026-02-22)
@@ -857,116 +857,120 @@
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Балюк Святослав Антонович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Український ордена "Знак пошани" науково-дослідний інститут лісового господарства та агролісомеліорації ім.Г.М.Висоцького Державного агентства лісових ресурсів України та Національної академії наук України</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>3697</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>УКРНДІЛГА</t>
-[...2 lines deleted...]
-      <c r="E8" s="5"/>
+          <t>УкрНДІЛГА</t>
+        </is>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t>Ukrainian Research Institute of Forestry and Forest Melioration named after G. М. Vysotsky</t>
+        </is>
+      </c>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>2000</v>
+        <v>1929</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
-          <t>Національна академія наук України</t>
+          <t>Державне агентство лісових ресурсів України</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
           <t>61024</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Пушкінська, 86</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
           <t>0577078001</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>uriffm@uriffm.org.ua</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>uriffm.org.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Ткач Віктор Петрович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>