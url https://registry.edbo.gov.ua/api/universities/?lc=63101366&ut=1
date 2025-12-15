--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -496,208 +496,208 @@
         <is>
           <t>omsroot@kpi.kharkov.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>www.kpi.kharkov.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Сокол Євген Іванович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад вищої освіти Харківський гуманітарний університет "Народна українська академія"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ВИЩОЇ ОСВІТИ "УНІВЕРСИТЕТ МЕДИЦИНИ ТА СОЦІАЛЬНИХ НАУК"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>49</v>
+        <v>6449</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>ПЗВО ХГУ "Народна українська академія"</t>
+          <t>ПЗВО "УМСН"</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
-          <t>Kharkiv University of Humanities “People’s Ukrainian Academy”</t>
+          <t>PRIVATE ESTABLISHMENT OF HIGHER EDUCATION "UNIVERSITY OF MEDICINE AND SOCIAL SCIENCES"</t>
         </is>
       </c>
       <c r="F4" s="7"/>
-      <c r="G4" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G4" s="6"/>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J4" s="5"/>
       <c r="K4" s="7" t="inlineStr">
         <is>
-          <t>61024</t>
+          <t>61002</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>вул. Лермонтовська, 27</t>
+          <t>вул. Садова, 11</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>+38714-20-07;</t>
-[...3 lines deleted...]
-      <c r="R4" s="5"/>
+          <t>+380(93)3330533, +380(73)3330533, +380(99)3330533</t>
+        </is>
+      </c>
+      <c r="Q4" s="5" t="inlineStr">
+        <is>
+          <t>khim.dean@ukr.net</t>
+        </is>
+      </c>
+      <c r="R4" s="5" t="inlineStr">
+        <is>
+          <t>https://khim.edu.ua/</t>
+        </is>
+      </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Президент</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Астахова Катерина Вікторівна</t>
+          <t>Смірнов Антон Сергійович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад вищої освіти "Харківський інститут медицини та біомедичних наук"</t>
+          <t>Приватний заклад вищої освіти Харківський гуманітарний університет "Народна українська академія"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>6449</v>
+        <v>49</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
-          <t>ПЗВО "ХІМБН"</t>
+          <t>ПЗВО ХГУ "Народна українська академія"</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
-          <t>Private Establishment of Higher Education “Kharkiv Institute of Medicine and Biomedical Sciences</t>
+          <t>Kharkiv University of Humanities “People’s Ukrainian Academy”</t>
         </is>
       </c>
       <c r="F5" s="7"/>
-      <c r="G5" s="6"/>
+      <c r="G5" s="6" t="n">
+        <v>1991</v>
+      </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J5" s="5"/>
       <c r="K5" s="7" t="inlineStr">
         <is>
-          <t>61002</t>
+          <t>61024</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
-          <t>вул. Садова, 11</t>
+          <t>вул. Лермонтовська, 27</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>+380(93)3330533, +380(73)3330533, +380(99)3330533</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38714-20-07;</t>
+        </is>
+      </c>
+      <c r="Q5" s="5"/>
+      <c r="R5" s="5"/>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>Президент</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Смірнов Антон Сергійович</t>
+          <t>Астахова Катерина Вікторівна</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Харківський інститут бізнесу і менеджменту"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>292</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t>ТОВ "Харківський інститут бізнесу і менеджменту"</t>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
           <t>"Kharkiv Institute of Business and Management" Limited Liability Company</t>
         </is>
       </c>