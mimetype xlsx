--- v1 (2025-12-15)
+++ v2 (2026-03-13)
@@ -482,51 +482,51 @@
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Кирпичова, 2</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>(057)700-15-64, (057)707-66-01</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>omsroot@kpi.kharkov.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>www.kpi.kharkov.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Виконуючий обов'язки ректора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Сокол Євген Іванович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>ПРИВАТНИЙ ЗАКЛАД ВИЩОЇ ОСВІТИ "УНІВЕРСИТЕТ МЕДИЦИНИ ТА СОЦІАЛЬНИХ НАУК"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>6449</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ПЗВО "УМСН"</t>
         </is>
       </c>
@@ -553,61 +553,61 @@
           <t>61002</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Садова, 11</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>+380(93)3330533, +380(73)3330533, +380(99)3330533</t>
+          <t>+38(093)-333-05-33</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>khim.dean@ukr.net</t>
+          <t>admin@umss.edu.ua, khim.dean@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
-          <t>https://khim.edu.ua/</t>
+          <t>https://umss.edu.ua/</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Президент</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Смірнов Антон Сергійович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Приватний заклад вищої освіти Харківський гуманітарний університет "Народна українська академія"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>49</v>
       </c>
       <c r="C5" s="6"/>
@@ -641,54 +641,58 @@
           <t>61024</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>вул. Лермонтовська, 27</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>+38714-20-07;</t>
-[...2 lines deleted...]
-      <c r="Q5" s="5"/>
+          <t>+38(057)-714-20-07</t>
+        </is>
+      </c>
+      <c r="Q5" s="5" t="inlineStr">
+        <is>
+          <t>rector@nua.kharkov.ua</t>
+        </is>
+      </c>
       <c r="R5" s="5"/>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Астахова Катерина Вікторівна</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Харківський інститут бізнесу і менеджменту"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>292</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
@@ -932,56 +936,56 @@
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Ярослава Мудрого, 25</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
           <t>+38(057)707-37-82, +38(057)707-36-83, +38(057)700-38-64</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>admin@khadi.kharkov.ua</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>www.khadi.kharkov.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Богомолов Віктор Олександрович</t>
+          <t>Батракова Анжеліка Геннадіївна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Харківський національний педагогічний університет імені Г.С. Сковороди</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>57</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>ХНПУ імені Г.С.Сковороди</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t>H.S. Skovoroda Kharkiv National Pedagogical University</t>
         </is>
       </c>