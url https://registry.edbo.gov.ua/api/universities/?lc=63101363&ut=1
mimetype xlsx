--- v0 (2025-10-15)
+++ v1 (2026-01-17)
@@ -388,51 +388,51 @@
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>просп. Науки, 9-А</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(057) 702 07 17, (057) 702 03 04</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>post@hneu.edu.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://www.hneu.edu.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Пономаренко Володимир Степанович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Харківський національний університет радіоелектроніки</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>92</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ХНУРЕ</t>
         </is>
       </c>