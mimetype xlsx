--- v0 (2025-11-03)
+++ v1 (2025-12-24)
@@ -2653,116 +2653,120 @@
       <c r="S27" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
           <t>Захаренко Вячеслав Володимирович</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>Український ордена "Знак пошани" науково-дослідний інститут лісового господарства та агролісомеліорації ім.Г.М.Висоцького Державного агентства лісових ресурсів України та Національної академії наук України</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
         <v>3697</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>УКРНДІЛГА</t>
-[...2 lines deleted...]
-      <c r="E28" s="5"/>
+          <t>УкрНДІЛГА</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>Ukrainian Research Institute of Forestry and Forest Melioration named after G. М. Vysotsky</t>
+        </is>
+      </c>
       <c r="F28" s="7"/>
       <c r="G28" s="6" t="n">
-        <v>2000</v>
+        <v>1929</v>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J28" s="5" t="inlineStr">
         <is>
-          <t>Національна академія наук України</t>
+          <t>Державне агентство лісових ресурсів України</t>
         </is>
       </c>
       <c r="K28" s="7" t="inlineStr">
         <is>
           <t>61024</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
           <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
           <t>вул. Пушкінська, 86</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
           <t>0577078001</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
           <t>uriffm@uriffm.org.ua</t>
         </is>
       </c>
       <c r="R28" s="5" t="inlineStr">
         <is>
           <t>uriffm.org.ua</t>
         </is>
       </c>
       <c r="S28" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
           <t>Ткач Віктор Петрович</t>
         </is>
       </c>
       <c r="U28" s="8"/>
       <c r="V28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>Фізико - технічний інститут низьких температур ім. Б. І. Вєркіна Національної академії наук України</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
         <v>3885</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <t>ФТІНТ ім. Б.І. Вєркіна НАН України</t>
         </is>
       </c>