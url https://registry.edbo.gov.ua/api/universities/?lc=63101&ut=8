--- v1 (2025-12-24)
+++ v2 (2026-02-22)
@@ -1869,51 +1869,51 @@
         <v>3841</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <t>УКРНДІЕП</t>
         </is>
       </c>
       <c r="E19" s="5"/>
       <c r="F19" s="7"/>
       <c r="G19" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J19" s="5" t="inlineStr">
         <is>
-          <t>Міністерство екології та природних ресурсів України</t>
+          <t>Міністерство економіки, довкілля та сільського господарства України</t>
         </is>
       </c>
       <c r="K19" s="7" t="inlineStr">
         <is>
           <t>61166</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
           <t>UA63120270010948820</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
           <t>вул. Бакуліна, 6</t>
@@ -2266,51 +2266,51 @@
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
           <t>вул. Золочівська, 8А</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
           <t>+380(57)-372-12-20</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
           <t>hniise@hniise.gov.ua</t>
         </is>
       </c>
       <c r="R23" s="5"/>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
           <t>Купріянова Анастасія Олександрівна</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>Національний науковий центр "Інститут грунтознавства та агрохімії імені О.Н. Соколовського"</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
         <v>3523</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <t>ННЦ "ІГА імені О.Н. Соколовського"</t>
         </is>
       </c>