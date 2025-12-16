--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -981,66 +981,66 @@
           <t>61052</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
           <t>вул. Мала Панасівська, 1</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>(057)734-90-74</t>
+          <t>+38(067)-948-27-19</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>cpto-4@ukr.net</t>
+          <t>cpto-4@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
           <t>cpto4.ptu.org.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
           <t>Коровкіна Лідія Сергіївна</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Харківське вище професійне училище будівництва"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>2068</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t>ХВПУ Будівництва</t>
         </is>
       </c>
@@ -1245,55 +1245,63 @@
           <t>61030</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
           <t>вул. Лелюківська, 1</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>+38(093)-102-55-45;</t>
-[...3 lines deleted...]
-      <c r="R12" s="5"/>
+          <t>+38(093)-102-55-45</t>
+        </is>
+      </c>
+      <c r="Q12" s="5" t="inlineStr">
+        <is>
+          <t>dicnc.12@gmail.com</t>
+        </is>
+      </c>
+      <c r="R12" s="5" t="inlineStr">
+        <is>
+          <t>https://dnc12.e-schools.info</t>
+        </is>
+      </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
           <t>Гримайло Євгеній Михайлович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти "Харківський професійний коледж будівництва та промисловості"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>2004</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
@@ -2926,66 +2934,62 @@
           <t>UA63120270010948820</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
           <t>вул. Європейська, 2</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
           <t>+38(057)-701-37-13</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
-          <t>info@kratos.org.ua</t>
-[...3 lines deleted...]
-        <is>
           <t>info@kratos.in.ua</t>
         </is>
       </c>
+      <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
-          <t>Міщенко Сергій Іванович</t>
+          <t>Петренко Максим Миколайович</t>
         </is>
       </c>
       <c r="U32" s="8"/>
       <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ССМЕДІКУС"</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
         <v>5695</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <t>ТОВ "ССМЕДІКУС"</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>LIMITED LIABILITY COMPANY "CCMEDICUS"</t>
         </is>
       </c>
@@ -3839,56 +3843,56 @@
           <t>61052</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
           <t>вул. Сіриківська, 41</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>0577125567</t>
+          <t>+38(057)-712-55-67</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
-          <t>XPLZT-23@UKR.NET</t>
+          <t>xplzt@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="R43" s="5" t="inlineStr">
         <is>
           <t>https://xplzt.jimdo.com</t>
         </is>
       </c>
       <c r="S43" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
           <t>Сінюков Вячеслав Вадимович</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>Холодногірський навчальний центр №18</t>
         </is>
@@ -4030,51 +4034,51 @@
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
           <t>бульв. Івана Каркача, 20</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
           <t>+38099-949-81-23</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
           <t>cpto1kharkiv@ukr.net</t>
         </is>
       </c>
       <c r="R45" s="5" t="inlineStr">
         <is>
           <t>http://cpto1.ptu.org.ua</t>
         </is>
       </c>
       <c r="S45" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
           <t>Воробйов Володимир Миколайович</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V45"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>