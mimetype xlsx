--- v1 (2025-12-16)
+++ v2 (2026-02-11)
@@ -474,1690 +474,1682 @@
           <t>(057)759-16-63</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>ukk2014@ukr.net</t>
         </is>
       </c>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Тодорова Галина Леонідівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Державний заклад професійної (професійно-технічної) освіти "Харківське вище професійне училище швейного виробництва та побуту"</t>
+          <t>Державний навчальний заклад «Регіональний центр професійної освіти швейного виробництва та сфери послуг Харківської області»</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>4248</v>
+        <v>1918</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>ДЗП (ПТ) О "ХВПУШВП"</t>
-[...2 lines deleted...]
-      <c r="E4" s="5"/>
+          <t>ДНЗ "Регіональний ЦПО швейного виробництва та сфери послуг Харківської області"</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>State educational establishment "Regional center of professional education of sewing technologies and services of Kharkiv region"</t>
+        </is>
+      </c>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
-        <v>2018</v>
+        <v>1980</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K4" s="7" t="inlineStr">
         <is>
-          <t>61012</t>
+          <t>61020</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA63120270010565081</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>вул. Конторська, 2</t>
+          <t>просп. Любові Малої, 30</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>0577258459</t>
+          <t>0573762220; 0573763926</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>pr.dzptosvp@ukr.net</t>
+          <t>05537638@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
-          <t>https://dzpto-svp.ptu.org.ua/</t>
+          <t>http://mehovschic.ptu.org.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Батраченко Нінель Володимирівна</t>
+          <t>Нечіпор Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад «Регіональний центр професійної освіти швейного виробництва та сфери послуг Харківської області»</t>
+          <t>Державний навчальний заклад "Регіональний центр професійної освіти будівельних технологій Харківської області"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>1918</v>
+        <v>2147</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Регіональний ЦПО швейного виробництва та сфери послуг Харківської області"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ «РЦПО БТ ХО»</t>
+        </is>
+      </c>
+      <c r="E5" s="5"/>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
-        <v>1980</v>
+        <v>1997</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J5" s="5" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K5" s="7" t="inlineStr">
         <is>
-          <t>61020</t>
+          <t>61121</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010565081</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
-          <t>просп. Любові Малої, 30</t>
+          <t>вул. Владислава Зубенка, 39</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>0573762220; 0573763926</t>
+          <t>(057) 752 75 89</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
-          <t>05537638@ukr.net</t>
+          <t>pr.cpto2@ptukh.org.ua</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
-          <t>http://mehovschic.ptu.org.ua</t>
+          <t>http://cpto2.com.ua/</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Нечіпор Світлана Володимирівна</t>
+          <t>Амірбеков Геннадій Джамалдінович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Регіональний центр професійної освіти будівельних технологій Харківської області"</t>
+          <t>Державний навчальний заклад "Харківське вище професійне училище №6"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>2147</v>
+        <v>1915</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ «РЦПО БТ ХО»</t>
+          <t>ДНЗ ХВПУ №6</t>
         </is>
       </c>
       <c r="E6" s="5"/>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
-        <v>1997</v>
+        <v>1922</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J6" s="5" t="inlineStr">
         <is>
-          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>61121</t>
+          <t>61036</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010096107</t>
+          <t>UA63120270010736370</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>вул. Владислава Зубенка, 39</t>
+          <t>вул. Мухачова, 1</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>(057) 752 75 89</t>
+          <t>(057) 723-02-00</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>pr.cpto2@ptukh.org.ua</t>
+          <t>dir.vpu6@ptukh.org.ua</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
-          <t>http://cpto2.com.ua/</t>
+          <t>metalist.org.ua</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Амірбеков Геннадій Джамалдінович</t>
+          <t>Костоглодов Василь Миколайович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Харківське вище професійне училище №6"</t>
+          <t>Державний навчальний заклад "Харківський регіональний центр професійної освіти поліграфічних медіатехнологій та машинобудування"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>1915</v>
+        <v>2210</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ ХВПУ №6</t>
-[...2 lines deleted...]
-      <c r="E7" s="5"/>
+          <t>ДНЗ "ХРЦПОПМТМ"</t>
+        </is>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t>State Educational Institution "Kharkiv Regional Center for Vocational Education of Printing Media Technologies and Mechanical Engineering"</t>
+        </is>
+      </c>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>1922</v>
+        <v>1966</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>61036</t>
+          <t>61038</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010736370</t>
+          <t>UA63120270010315719</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>вул. Мухачова, 1</t>
+          <t>вул. Камишева Івана, 37</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>(057) 723-02-00</t>
+          <t>0577384263,0577380604, (068) 559-87-46</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>dir.vpu6@ptukh.org.ua</t>
+          <t>pr.poligrafcpto@ptukh.org.ua</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
-          <t>metalist.org.ua</t>
+          <t>https://www.dnzpoligraf.com.ua/</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Костоглодов Василь Миколайович</t>
+          <t>Пономарьова Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Харківський регіональний центр професійної освіти поліграфічних медіатехнологій та машинобудування"</t>
+          <t>Державний професійно-технічний навчальний заклад "Регіональний центр професійної освіти ресторанно-готельного, комунального господарства, торгівлі та дизайну"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>2210</v>
+        <v>1794</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ХРЦПОПМТМ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДПТНЗ "РЦПОРГКГТД"</t>
+        </is>
+      </c>
+      <c r="E8" s="5"/>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>1966</v>
+        <v>1943</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>61038</t>
+          <t>61052</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010315719</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Камишева Івана, 37</t>
+          <t>вул. Мала Панасівська, 1</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>0577384263,0577380604, (068) 559-87-46</t>
+          <t>+38(067)-948-27-19</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>pr.poligrafcpto@ptukh.org.ua</t>
+          <t>cpto-4@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
-          <t>https://www.dnzpoligraf.com.ua/</t>
+          <t>cpto4.ptu.org.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Пономарьова Вікторія Володимирівна</t>
+          <t>Коровкіна Лідія Сергіївна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Регіональний центр професійної освіти ресторанно-готельного, комунального господарства, торгівлі та дизайну"</t>
+          <t>Державний професійно-технічний навчальний заклад "Харківське вище професійне училище будівництва"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>1794</v>
+        <v>2068</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "РЦПОРГКГТД"</t>
+          <t>ХВПУ Будівництва</t>
         </is>
       </c>
       <c r="E9" s="5"/>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>1943</v>
+        <v>1966</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>61052</t>
+          <t>61110</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Мала Панасівська, 1</t>
+          <t>Салтівське шосе , 123</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>+38(067)-948-27-19</t>
+          <t>(057)738-21-04, 738-15-79</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>cpto-4@city.kharkiv.ua</t>
+          <t>hvpyb@ukr.net</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>cpto4.ptu.org.ua</t>
+          <t>hvpub-profi.com</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Коровкіна Лідія Сергіївна</t>
+          <t>Сорокін Іван Миколайович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Харківське вище професійне училище будівництва"</t>
+          <t>Державний професійно-технічний навчальний заклад "Харківське вище професійне училище сфери послуг"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>2068</v>
+        <v>1895</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>ХВПУ Будівництва</t>
+          <t>ДПТНЗ ХВПУСП</t>
         </is>
       </c>
       <c r="E10" s="5"/>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>1966</v>
+        <v>1946</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J10" s="5" t="inlineStr">
         <is>
-          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>61110</t>
+          <t>61001</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>Салтівське шосе , 123</t>
+          <t>вул. Тюрінська, 5</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>(057)738-21-04, 738-15-79</t>
+          <t>(057)732-65-25</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>hvpyb@ukr.net</t>
+          <t>pr.vpusfposlug@ptukh.org.ua</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
-          <t>hvpub-profi.com</t>
+          <t>https://www.vpu40.ptu.org.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Сорокін Іван Миколайович</t>
+          <t>Матвійчук Лариса Іванівна</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Харківське вище професійне училище сфери послуг"</t>
+          <t>Диканівський навчальний центр №12</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>1895</v>
+        <v>5633</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ ХВПУСП</t>
+          <t>ДНЦ №12</t>
         </is>
       </c>
       <c r="E11" s="5"/>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
-        <v>1946</v>
+        <v>2004</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J11" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>61001</t>
+          <t>61030</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>вул. Тюрінська, 5</t>
+          <t>вул. Лелюківська, 1</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>(057)732-65-25</t>
+          <t>+38(093)-102-55-45</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>pr.vpusfposlug@ptukh.org.ua</t>
+          <t>dicnc.12@gmail.com</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
-          <t>https://www.vpu40.ptu.org.ua</t>
+          <t>https://dnc12.e-schools.info</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Матвійчук Лариса Іванівна</t>
+          <t>Гримайло Євгеній Михайлович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Диканівський навчальний центр №12</t>
+          <t>Заклад професійної (професійно-технічної) освіти "Харківський професійний коледж будівництва та промисловості"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>5633</v>
+        <v>2004</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>ДНЦ №12</t>
-[...2 lines deleted...]
-      <c r="E12" s="5"/>
+          <t>ЗП (ПТ) О "Харківський ПКБтаП"</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>THE ESTABLISHMENT OF VOCATIONAL EDUCATION "KHARKIV VOCATIONAL COLLEGE OF CONSTRUCTION AND INDUSTRY"</t>
+        </is>
+      </c>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>2004</v>
+        <v>1940</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>61030</t>
+          <t>61001</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Лелюківська, 1</t>
+          <t>просп. Аерокосмічний, 11</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>+38(093)-102-55-45</t>
+          <t>0573920105, 3920022</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>dicnc.12@gmail.com</t>
+          <t>pr.budteh@ptukh.org.ua</t>
         </is>
       </c>
       <c r="R12" s="5" t="inlineStr">
         <is>
-          <t>https://dnc12.e-schools.info</t>
+          <t>http://strojsoc.ptu.org.ua</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Гримайло Євгеній Михайлович</t>
+          <t>Юкляєвська Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти "Харківський професійний коледж будівництва та промисловості"</t>
+          <t>Качанівський навчальний центр №54</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>2004</v>
+        <v>5626</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>ЗП (ПТ) О "Харківський ПКБтаП"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Качанівський навчальний центр №54</t>
+        </is>
+      </c>
+      <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1940</v>
+        <v>2004</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>61001</t>
+          <t>61124</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>просп. Аерокосмічний, 11</t>
+          <t>пров. Вишневий, 16</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>0573920105, 3920022</t>
+          <t>+380(57)-252-41-21</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>pr.budteh@ptukh.org.ua</t>
+          <t>dir_knc_54@ukr.net</t>
         </is>
       </c>
       <c r="R13" s="5" t="inlineStr">
         <is>
-          <t>http://strojsoc.ptu.org.ua</t>
+          <t>https://knc54.e-schools.info</t>
         </is>
       </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Юкляєвська Наталія Вікторівна</t>
+          <t>Нікуліна Ольга Павлівна</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Качанівський навчальний центр №54</t>
+          <t>Комунальне підприємство "Міськелектротранссервіс"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>5626</v>
+        <v>4468</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>Качанівський навчальний центр №54</t>
+          <t>КП "Міськелектротранссервіс"</t>
         </is>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
-          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+          <t>Харківська міська рада Харківської області</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>61124</t>
+          <t>61001</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>пров. Вишневий, 16</t>
+          <t>вул. Актюбінська, 24</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-252-41-21</t>
+          <t>+380(57)-729-84-04</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>dir_knc_54@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>kh_get@ukr.net</t>
+        </is>
+      </c>
+      <c r="R14" s="5"/>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>В. о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Нікуліна Ольга Павлівна</t>
-[...3 lines deleted...]
-      <c r="V14" s="5"/>
+          <t>Васенко Владислав Олександрович</t>
+        </is>
+      </c>
+      <c r="U14" s="8" t="n">
+        <v>45057</v>
+      </c>
+      <c r="V14" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство "Міськелектротранссервіс"</t>
+          <t>Комунальне підприємство "Тролейбусне депо №2"</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>4468</v>
+        <v>4128</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>КП "Міськелектротранссервіс"</t>
+          <t>КП "Тролейбусне депо №2"</t>
         </is>
       </c>
       <c r="E15" s="5"/>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
         <v>2011</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
-          <t>Харківська міська рада Харківської області</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>61001</t>
+          <t>61105</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010096107</t>
+          <t>UA63120270000028556</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
-          <t>м. Харків</t>
+          <t>Харківська ОТГ</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>вул. Актюбінська, 24</t>
+          <t>вул. Ньютона, 5</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-729-84-04</t>
+          <t>+057(73)-991-25</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>kh_get@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R15" s="5"/>
+          <t>troldepo2@gmail.com</t>
+        </is>
+      </c>
+      <c r="R15" s="5" t="inlineStr">
+        <is>
+          <t>eltrans.kh.ua</t>
+        </is>
+      </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Васенко Владислав Олександрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Ліфіренко Леонід Михайлович</t>
+        </is>
+      </c>
+      <c r="U15" s="8"/>
+      <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство "Тролейбусне депо №2"</t>
+          <t>КОМУНАЛЬНЕ ПІДПРИЄМСТВО "ХАРКІВСЬКИЙ МЕТРОПОЛІТЕН"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>4128</v>
+        <v>7189</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>КП "Тролейбусне депо №2"</t>
+          <t>КП "ХАРКІВСЬКИЙ МЕТРОПОЛІТЕН"</t>
         </is>
       </c>
       <c r="E16" s="5"/>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>2011</v>
+        <v>1974</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J16" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Харківська міська рада Харківської області</t>
         </is>
       </c>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>61105</t>
+          <t>61052</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
-          <t>UA63120270000028556</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
-          <t>Харківська ОТГ</t>
+          <t>м. Харків</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>вул. Ньютона, 5</t>
+          <t>вул. Різдвяна, 29</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>+057(73)-991-25</t>
+          <t>(057)731-21-41</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>troldepo2@gmail.com</t>
+          <t>s@metro.kharkiv.ua</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
-          <t>eltrans.kh.ua</t>
+          <t>https://www.metro.kharkiv.ua</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
-          <t>В. о. директора</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Ліфіренко Леонід Михайлович</t>
+          <t>Приймак Владислав Олександрович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНЕ ПІДПРИЄМСТВО "ХАРКІВСЬКИЙ МЕТРОПОЛІТЕН"</t>
+          <t>Комунальний заклад "Харківський міжшкільний ресурсний центр № 1 Харківської міської ради"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>7189</v>
+        <v>7271</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>КП "ХАРКІВСЬКИЙ МЕТРОПОЛІТЕН"</t>
+          <t>Харківський МРЦ № 1</t>
         </is>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
-        <v>1974</v>
+        <v>1990</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J17" s="5" t="inlineStr">
         <is>
           <t>Харківська міська рада Харківської області</t>
         </is>
       </c>
       <c r="K17" s="7" t="inlineStr">
         <is>
-          <t>61052</t>
+          <t>61024</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Різдвяна, 29</t>
+          <t>вул. Йогансена Майка, 15/17</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>(057)731-21-41</t>
+          <t>(050) 595 03 66</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>s@metro.kharkiv.ua</t>
+          <t>avtoskola_upah@ukr.net</t>
         </is>
       </c>
       <c r="R17" s="5" t="inlineStr">
         <is>
-          <t>https://www.metro.kharkiv.ua</t>
+          <t>http://uvag-kievskiy.edu.kh.ua/</t>
         </is>
       </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Приймак Владислав Олександрович</t>
+          <t>Білопольський Ігор Михайлович</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Харківський міжшкільний ресурсний центр № 1 Харківської міської ради"</t>
+          <t>Олексіївський навчальний центр №25</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
-        <v>7271</v>
+        <v>5628</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
-          <t>Харківський МРЦ № 1</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E18" s="5"/>
       <c r="F18" s="7"/>
       <c r="G18" s="6" t="n">
-        <v>1990</v>
+        <v>2004</v>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J18" s="5" t="inlineStr">
         <is>
-          <t>Харківська міська рада Харківської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K18" s="7" t="inlineStr">
         <is>
-          <t>61024</t>
+          <t>61742</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
-          <t>вул. Йогансена Майка, 15/17</t>
+          <t>вул. Кюї Цезаря, 44</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>(050) 595 03 66</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(098)-261-35-42;</t>
+        </is>
+      </c>
+      <c r="Q18" s="5"/>
+      <c r="R18" s="5"/>
       <c r="S18" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
-          <t>Білопольський Ігор Михайлович</t>
+          <t>Пархоменко Сергій Павлович</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>Олексіївський навчальний центр №25</t>
+          <t>ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ІНДУСТРІАЛЬНИЙ УЧБОВИЙ СПОРТИВНО-ТЕХНІЧНИЙ ЦЕНТР ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ М. ХАРКОВА"</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>5628</v>
+        <v>7224</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ІНДУСТРІАЛЬНИЙ УСТЦ ТСОУ"</t>
         </is>
       </c>
       <c r="E19" s="5"/>
       <c r="F19" s="7"/>
-      <c r="G19" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G19" s="6"/>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Корпоративна</t>
+        </is>
+      </c>
+      <c r="J19" s="5"/>
       <c r="K19" s="7" t="inlineStr">
         <is>
-          <t>61742</t>
+          <t>61089</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>вул. Кюї Цезаря, 44</t>
+          <t>вул. Верстатобудівна, 11</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>+38(098)-261-35-42;</t>
-[...2 lines deleted...]
-      <c r="Q19" s="5"/>
+          <t>(066)823-74-12</t>
+        </is>
+      </c>
+      <c r="Q19" s="5" t="inlineStr">
+        <is>
+          <t>frunzusts2010@gmail.com</t>
+        </is>
+      </c>
       <c r="R19" s="5"/>
       <c r="S19" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Пархоменко Сергій Павлович</t>
+          <t>Лазарев Денис Сергійович</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ІНДУСТРІАЛЬНИЙ УЧБОВИЙ СПОРТИВНО-ТЕХНІЧНИЙ ЦЕНТР ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ М. ХАРКОВА"</t>
+          <t>Організація (установа, заклад) об'єднання громадян "Салтівський учбовий спортивно-технічний центр Товариства сприяння обороні України м. Харкова"</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>7224</v>
+        <v>4086</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ІНДУСТРІАЛЬНИЙ УСТЦ ТСОУ"</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E20" s="5"/>
       <c r="F20" s="7"/>
-      <c r="G20" s="6"/>
+      <c r="G20" s="6" t="n">
+        <v>1995</v>
+      </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
-          <t>Корпоративна</t>
-[...2 lines deleted...]
-      <c r="J20" s="5"/>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J20" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>61089</t>
+          <t>61038</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010096107</t>
+          <t>UA63120270010315719</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>вул. Верстатобудівна, 11</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Ахієзерів, 48/50</t>
+        </is>
+      </c>
+      <c r="P20" s="5"/>
+      <c r="Q20" s="5"/>
       <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Лазарев Денис Сергійович</t>
+          <t>Водолага Олександр Миколайович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Організація (установа, заклад) об'єднання громадян "Салтівський учбовий спортивно-технічний центр Товариства сприяння обороні України м. Харкова"</t>
+          <t>Організація (установа, заклад) об’єднання громадян "Холодногірський навчальний спортивно - технічний центр Товариства сприяння обороні України м. Харкова"</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>4086</v>
+        <v>6283</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Організація (установа, заклад) об'єднання громадян "Холодногірський НСТЦ ТСОУ м. Харкова"</t>
         </is>
       </c>
       <c r="E21" s="5"/>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>1995</v>
+        <v>2002</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J21" s="5" t="inlineStr">
         <is>
           <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K21" s="7" t="inlineStr">
         <is>
-          <t>61038</t>
+          <t>61017</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010315719</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>вул. Ахієзерів, 48/50</t>
-[...2 lines deleted...]
-      <c r="P21" s="5"/>
+          <t>вул. Бориса Шрамка, 20</t>
+        </is>
+      </c>
+      <c r="P21" s="5" t="inlineStr">
+        <is>
+          <t>+380(57)-724-21-93</t>
+        </is>
+      </c>
       <c r="Q21" s="5"/>
       <c r="R21" s="5"/>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Водолага Олександр Миколайович</t>
+          <t>Фабрісов Дмитро Євгенійович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>Організація (установа, заклад) об’єднання громадян "Холодногірський навчальний спортивно - технічний центр Товариства сприяння обороні України м. Харкова"</t>
+          <t>ОРГАНІЗАЦІЯ (УСТАНОВА,ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ХАРКІВСЬКА ОБ'ЄДНАНА ТЕХНІЧНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>6283</v>
+        <v>7162</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>Організація (установа, заклад) об'єднання громадян "Холодногірський НСТЦ ТСОУ м. Харкова"</t>
+          <t>ОРГАНІЗАЦІЯ (УСТАНОВА,ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ХАРКІВСЬКА ОТШ ТCОУ"</t>
         </is>
       </c>
       <c r="E22" s="5"/>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
-        <v>2002</v>
+        <v>1976</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J22" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J22" s="5"/>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>61017</t>
+          <t>61001</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Бориса Шрамка, 20</t>
+          <t>вул. Плеханівська, 16</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-724-21-93</t>
-[...2 lines deleted...]
-      <c r="Q22" s="5"/>
+          <t>(099)723-39-61</t>
+        </is>
+      </c>
+      <c r="Q22" s="5" t="inlineStr">
+        <is>
+          <t>auto-school2012@ukr.net</t>
+        </is>
+      </c>
       <c r="R22" s="5"/>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Фабрісов Дмитро Євгенійович</t>
+          <t>Максютенко Олексій Костянтинович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Підприємство «Центр СПБ»</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>3007</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <t>П «Центр СПБ»</t>
         </is>
       </c>
       <c r="E23" s="5"/>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
         <v>2000</v>
       </c>
@@ -3975,51 +3967,51 @@
         <is>
           <t>Пушкарьов Андрій Віталійович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>Центр професійно-технічної освіти №1 м. Харкова</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
         <v>1994</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <t>ЦПТО №1 м. Харкова</t>
         </is>
       </c>
       <c r="E45" s="5"/>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J45" s="5" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K45" s="7" t="inlineStr">
         <is>
           <t>61138</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
           <t>UA63120270010158723</t>
         </is>