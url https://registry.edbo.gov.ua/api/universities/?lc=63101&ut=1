--- v0 (2025-10-21)
+++ v1 (2026-03-12)
@@ -944,56 +944,56 @@
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>майдан Захисників України, 3</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
           <t>(057) 739-26-83, 732-87-58</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>mail@nangu.edu.ua</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>nangu.edu.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. начальника Національної академії Національної гвардії України</t>
+          <t>Начальник Національної академії Національної гвардії України</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Єманов Владислав Вікторович</t>
+          <t>Манько Андрій Васильович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>НАЦІОНАЛЬНИЙ АЕРОКОСМІЧНИЙ УНІВЕРСИТЕТ "ХАРКІВСЬКИЙ АВІАЦІЙНИЙ ІНСТИТУТ"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>34</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>ХАІ</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t>National Aerospace University "Kharkiv Aviation Institute"</t>
         </is>
       </c>
@@ -1136,51 +1136,51 @@
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
           <t>вул. Кирпичова, 2</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
           <t>(057)700-15-64, (057)707-66-01</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
           <t>omsroot@kpi.kharkov.ua</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
           <t>www.kpi.kharkov.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Виконуючий обов'язки ректора</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Сокол Євген Іванович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Національний фармацевтичний університет</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>201</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t>НФаУ</t>
         </is>
       </c>
@@ -1232,51 +1232,51 @@
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
           <t>вул. Григорія Сковороди, 53</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
           <t>(057) 706 35 81</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
           <t>mail@nuph.edu.ua</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
           <t>nuph.edu.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Кухтенко Олександр Сергійович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Національний юридичний університет імені Ярослава Мудрого</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>274</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t>НЮУ ім. Ярослава Мудрого</t>
         </is>
       </c>
@@ -1612,208 +1612,212 @@
         <is>
           <t>info@khimu.edu.ua</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
           <t>https://khimu.edu.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
           <t>Шиян Денис Миколайович</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад вищої освіти Харківський гуманітарний університет "Народна українська академія"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ВИЩОЇ ОСВІТИ "УНІВЕРСИТЕТ МЕДИЦИНИ ТА СОЦІАЛЬНИХ НАУК"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>49</v>
+        <v>6449</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>ПЗВО ХГУ "Народна українська академія"</t>
+          <t>ПЗВО "УМСН"</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>Kharkiv University of Humanities “People’s Ukrainian Academy”</t>
+          <t>PRIVATE ESTABLISHMENT OF HIGHER EDUCATION "UNIVERSITY OF MEDICINE AND SOCIAL SCIENCES"</t>
         </is>
       </c>
       <c r="F16" s="7"/>
-      <c r="G16" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G16" s="6"/>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J16" s="5"/>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>61024</t>
+          <t>61002</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>вул. Лермонтовська, 27</t>
+          <t>вул. Садова, 11</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>+38714-20-07;</t>
-[...3 lines deleted...]
-      <c r="R16" s="5"/>
+          <t>+38(093)-333-05-33</t>
+        </is>
+      </c>
+      <c r="Q16" s="5" t="inlineStr">
+        <is>
+          <t>admin@umss.edu.ua, khim.dean@ukr.net</t>
+        </is>
+      </c>
+      <c r="R16" s="5" t="inlineStr">
+        <is>
+          <t>https://umss.edu.ua/</t>
+        </is>
+      </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Президент</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Астахова Катерина Вікторівна</t>
+          <t>Смірнов Антон Сергійович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад вищої освіти "Харківський інститут медицини та біомедичних наук"</t>
+          <t>Приватний заклад вищої освіти Харківський гуманітарний університет "Народна українська академія"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>6449</v>
+        <v>49</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>ПЗВО "ХІМБН"</t>
+          <t>ПЗВО ХГУ "Народна українська академія"</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>Private Establishment of Higher Education “Kharkiv Institute of Medicine and Biomedical Sciences</t>
+          <t>Kharkiv University of Humanities “People’s Ukrainian Academy”</t>
         </is>
       </c>
       <c r="F17" s="7"/>
-      <c r="G17" s="6"/>
+      <c r="G17" s="6" t="n">
+        <v>1991</v>
+      </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J17" s="5"/>
       <c r="K17" s="7" t="inlineStr">
         <is>
-          <t>61002</t>
+          <t>61024</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
           <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Садова, 11</t>
+          <t>вул. Лермонтовська, 27</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>+380(93)3330533, +380(73)3330533, +380(99)3330533</t>
+          <t>+38(057)-714-20-07</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>khim.dean@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>rector@nua.kharkov.ua</t>
+        </is>
+      </c>
+      <c r="R17" s="5"/>
       <c r="S17" s="5" t="inlineStr">
         <is>
-          <t>Президент</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Смірнов Антон Сергійович</t>
+          <t>Астахова Катерина Вікторівна</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>Приватний заклад вищої освіти "Харківський технологічний університет "ШАГ"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
         <v>4167</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <t>ХАРКІВСЬКИЙ ТЕХНОЛОГІЧНИЙ УНІВЕРСИТЕТ "ШАГ"</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>Private higher educational institution "Kharkiv University of Technology "STEP"</t>
         </is>
       </c>
@@ -2181,243 +2185,243 @@
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>Kharkiv State Academy of Design and Arts</t>
         </is>
       </c>
       <c r="F22" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G22" s="6" t="n">
         <v>1921</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J22" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K22" s="7" t="inlineStr">
         <is>
           <t>61002</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>вул. Мистецтв, 8</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
           <t>+38 (057) 706-15-60</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
           <t>academy@ksada.edu.ua</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
           <t>http://www.ksada.org</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Соболєв Олександр Валерійович</t>
+          <t>Кутателадзе Владислав Вікторович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Харківська державна академія культури</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>87</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <t>ХДАК</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>Kharkiv State Academy of Culture</t>
         </is>
       </c>
       <c r="F23" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G23" s="6" t="n">
         <v>1929</v>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J23" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K23" s="7" t="inlineStr">
         <is>
           <t>61057</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
           <t>узвіз Бурсацький, 4</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
           <t>(057) 731-13-88</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
           <t>xdak-office@ukr.net</t>
         </is>
       </c>
       <c r="R23" s="5" t="inlineStr">
         <is>
           <t>www.ic.ac.kharkov.ua</t>
         </is>
       </c>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Голова комісії з реорганізації</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Рябуха Наталія Олександрівна</t>
+          <t>Говорухіна Наталія Олегівна</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>Харківська державна академія фізичної культури</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
         <v>110</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <t>ХДАФК</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>Kharkiv state academy of physical culture</t>
         </is>
       </c>
       <c r="F24" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G24" s="6" t="n">
         <v>2001</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J24" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міністерство молоді та спорту України</t>
         </is>
       </c>
       <c r="K24" s="7" t="inlineStr">
         <is>
           <t>61058</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
           <t>вул. Клочківська, 99</t>
@@ -2698,56 +2702,56 @@
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
           <t>вул. Ярослава Мудрого, 25</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
           <t>+38(057)707-37-82, +38(057)707-36-83, +38(057)700-38-64</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
           <t>admin@khadi.kharkov.ua</t>
         </is>
       </c>
       <c r="R27" s="5" t="inlineStr">
         <is>
           <t>www.khadi.kharkov.ua</t>
         </is>
       </c>
       <c r="S27" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Богомолов Віктор Олександрович</t>
+          <t>Батракова Анжеліка Геннадіївна</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>Харківський національний економічний університет імені Семена Кузнеця</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
         <v>227</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <t>ХНЕУ ім. С. Кузнеця</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>Simon Kuznets Kharkiv National University of Economics</t>
         </is>
       </c>
@@ -2799,51 +2803,51 @@
           <t>просп. Науки, 9-А</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
           <t>(057) 702 07 17, (057) 702 03 04</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
           <t>post@hneu.edu.ua</t>
         </is>
       </c>
       <c r="R28" s="5" t="inlineStr">
         <is>
           <t>http://www.hneu.edu.ua</t>
         </is>
       </c>
       <c r="S28" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
-          <t>Пономаренко Володимир Степанович</t>
+          <t>Шталь Тетяна Валеріївна</t>
         </is>
       </c>
       <c r="U28" s="8"/>
       <c r="V28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>Харківський національний медичний університет</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
         <v>300</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <t>ХНМУ</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>KHARKIV NATIONAL MEDICAL UNIVERSITY</t>
         </is>
       </c>
@@ -3225,51 +3229,51 @@
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>Kharkiv I.P. Kotlyarevsky National University of Arts</t>
         </is>
       </c>
       <c r="F33" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G33" s="6" t="n">
         <v>1917</v>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J33" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K33" s="7" t="inlineStr">
         <is>
           <t>61003</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
           <t>майдан Конституції, 11/13</t>