--- v0 (2025-10-07)
+++ v1 (2025-11-22)
@@ -1229,51 +1229,51 @@
           <t>вул. Динамівська, 4 А</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
           <t>(057)704-96-56</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
           <t>nfo@hups.mil.gov.ua</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
           <t>hups.mil.gov.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Начальник військового коледжу</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Маслій Володимир Вікторович</t>
+          <t>Ківшар Олександр Анатолійович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад охорони здоров'я "Вовчанський медичний фаховий коледж" Харківської обласної ради</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>543</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t>КЗОЗ "ВМФК" ХОР</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>COMMUNAL HEALTH CARE ESTABLISHMENT "VOVCHANSK MEDICAL PROFESSIONAL COLLEGE" of the KHARKIV REGIONAL COUNCIL</t>
         </is>
       </c>
@@ -1442,51 +1442,51 @@
       <c r="T13" s="5" t="inlineStr">
         <is>
           <t>Стрельнікова Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Харківський фаховий вищий коледж мистецтв" Харківської обласної ради</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
         <v>801</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <t>КЗ "ХФВКМ" ХОР</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>Municipal Establishment «Kharkiv Professional Higher College of Arts» of Kharkiv Regional Council</t>
+          <t>Communal Institution «Kharkiv Professional Higher College of Arts» of Kharkiv Regional Council</t>
         </is>
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
         <v>1967</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
           <t>Управління культури і туризму Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
           <t>61010</t>
         </is>
@@ -3499,51 +3499,51 @@
         <is>
           <t>КЗ "ЛФВКМ" ХОР</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>COMMUNAL INSTITUTION "LOZOVA PROFESSIONAL HIGHER COLLEGE OF ARTS" OF KHARKIV REGIONAL COUNCIL</t>
         </is>
       </c>
       <c r="F36" s="7"/>
       <c r="G36" s="6" t="n">
         <v>1991</v>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J36" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Управління культури і туризму Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K36" s="7" t="inlineStr">
         <is>
           <t>64604</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
           <t>UA63100050010081626</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
           <t>м. Лозова</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
           <t>мікрорайон 4, 3</t>