--- v1 (2025-11-22)
+++ v2 (2026-01-08)
@@ -367,56 +367,56 @@
           <t>61109</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA63120270010681864</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Драгомирівська, 4, кімната 1</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-720-19-22</t>
+          <t>+38(057)-720-19-22</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>info@hepu.edu.ua</t>
+          <t>kushivka30@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Оліфер Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ «Харківський фаховий коледж інформаційних технологій Національного аерокосмічного університету «Харківський авіаційний інститут»</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>6476</v>
       </c>