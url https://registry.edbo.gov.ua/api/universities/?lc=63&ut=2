--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -1153,66 +1153,66 @@
           <t>61052</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
           <t>вул. Мала Панасівська, 1</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>(057)734-90-74</t>
+          <t>+38(067)-948-27-19</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>cpto-4@ukr.net</t>
+          <t>cpto-4@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
           <t>cpto4.ptu.org.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Коровкіна Лідія Сергіївна</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Харківське вище професійне училище будівництва"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>2068</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t>ХВПУ Будівництва</t>
         </is>
       </c>
@@ -1417,55 +1417,63 @@
           <t>61030</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
           <t>вул. Лелюківська, 1</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>+38(093)-102-55-45;</t>
-[...3 lines deleted...]
-      <c r="R14" s="5"/>
+          <t>+38(093)-102-55-45</t>
+        </is>
+      </c>
+      <c r="Q14" s="5" t="inlineStr">
+        <is>
+          <t>dicnc.12@gmail.com</t>
+        </is>
+      </c>
+      <c r="R14" s="5" t="inlineStr">
+        <is>
+          <t>https://dnc12.e-schools.info</t>
+        </is>
+      </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
           <t>Гримайло Євгеній Михайлович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти "Харківський професійний коледж будівництва та промисловості"</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
         <v>2004</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
@@ -1878,52 +1886,58 @@
       <c r="P19" s="5" t="inlineStr">
         <is>
           <t>(057)731-21-41</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
           <t>s@metro.kharkiv.ua</t>
         </is>
       </c>
       <c r="R19" s="5" t="inlineStr">
         <is>
           <t>https://www.metro.kharkiv.ua</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
           <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
           <t>Приймак Владислав Олександрович</t>
         </is>
       </c>
-      <c r="U19" s="8"/>
-      <c r="V19" s="5"/>
+      <c r="U19" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V19" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Харківський міжшкільний ресурсний центр № 1 Харківської міської ради"</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
         <v>7271</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <t>Харківський МРЦ № 1</t>
         </is>
       </c>
       <c r="E20" s="5"/>
       <c r="F20" s="7"/>
       <c r="G20" s="6" t="n">
         <v>1990</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
@@ -3093,67 +3107,67 @@
           <t>61145</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
           <t>UA63120270010948820</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
           <t>вул. Європейська, 2</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>(057) 701-37-13</t>
+          <t>+38(057)-701-37-13</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>info@kratos.org.ua</t>
+          <t>info@kratos.in.ua</t>
         </is>
       </c>
       <c r="R34" s="5"/>
       <c r="S34" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Міщенко Сергій Іванович</t>
+          <t>Петренко Максим Миколайович</t>
         </is>
       </c>
       <c r="U34" s="8"/>
       <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ССМЕДІКУС"</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
         <v>5695</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <t>ТОВ "ССМЕДІКУС"</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>LIMITED LIABILITY COMPANY "CCMEDICUS"</t>
         </is>
       </c>
@@ -4198,51 +4212,51 @@
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
           <t>бульв. Івана Каркача, 20</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
           <t>+38099-949-81-23</t>
         </is>
       </c>
       <c r="Q47" s="5" t="inlineStr">
         <is>
           <t>cpto1kharkiv@ukr.net</t>
         </is>
       </c>
       <c r="R47" s="5" t="inlineStr">
         <is>
           <t>http://cpto1.ptu.org.ua</t>
         </is>
       </c>
       <c r="S47" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
           <t>Воробйов Володимир Миколайович</t>
         </is>
       </c>
       <c r="U47" s="8"/>
       <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Куп'янський регіональний центр професійної освіти"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
         <v>2067</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <t>ДНЗ "КУП'ЯНСЬКИЙ РЦПО"</t>
         </is>
       </c>
@@ -5425,51 +5439,51 @@
           <t>вул. Наукова, 1</t>
         </is>
       </c>
       <c r="P61" s="5" t="inlineStr">
         <is>
           <t>057-765-30-79</t>
         </is>
       </c>
       <c r="Q61" s="5" t="inlineStr">
         <is>
           <t>khcpto@ukr.net</t>
         </is>
       </c>
       <c r="R61" s="5" t="inlineStr">
         <is>
           <t>http://www.osvita.khcz.gov.ua</t>
         </is>
       </c>
       <c r="S61" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T61" s="5" t="inlineStr">
         <is>
-          <t>Калашник Ганна Миколаївна</t>
+          <t>Котуков Олександр Анатолійович</t>
         </is>
       </c>
       <c r="U61" s="8"/>
       <c r="V61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <t>Філія газопромислове управління "Шебелинкагазвидобування" акціонерного товариства "Укргазвидобування"</t>
         </is>
       </c>
       <c r="B62" s="6" t="n">
         <v>4323</v>
       </c>
       <c r="C62" s="6" t="n">
         <v>4314</v>
       </c>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E62" s="5"/>
       <c r="F62" s="7"/>
       <c r="G62" s="6" t="n">
@@ -5506,66 +5520,60 @@
           <t>с-ще Донець</t>
         </is>
       </c>
       <c r="O62" s="5" t="inlineStr">
         <is>
           <t>вул. Стадіонна, 9</t>
         </is>
       </c>
       <c r="P62" s="5" t="inlineStr">
         <is>
           <t>+380(57)-499-39-66</t>
         </is>
       </c>
       <c r="Q62" s="5" t="inlineStr">
         <is>
           <t>office.shgv@ugv.com.ua</t>
         </is>
       </c>
       <c r="R62" s="5" t="inlineStr">
         <is>
           <t>www.ugv.com.ua</t>
         </is>
       </c>
       <c r="S62" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Директор філії Газопромислове управління "Шебелинкагазвидобування" Акціонерного товариства "Укргазвидобування"</t>
         </is>
       </c>
       <c r="T62" s="5" t="inlineStr">
         <is>
-          <t>Охотніков Андрій Вікторович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Підлісний Віталій Анатолійович</t>
+        </is>
+      </c>
+      <c r="U62" s="8"/>
+      <c r="V62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>Красноградський міжшкільний навчально-виробничий комбінат Красноградської районної державної адміністрації Харківської області</t>
         </is>
       </c>
       <c r="B63" s="6" t="n">
         <v>2972</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <t>Красноградський МНВК</t>
         </is>
       </c>
       <c r="E63" s="5"/>
       <c r="F63" s="7"/>
       <c r="G63" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H63" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>