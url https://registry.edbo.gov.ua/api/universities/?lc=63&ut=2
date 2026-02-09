--- v1 (2025-12-07)
+++ v2 (2026-02-09)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$71</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$70</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V71"/>
+  <dimension ref="A1:V70"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -474,1868 +474,1854 @@
           <t>(057)759-16-63</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>ukk2014@ukr.net</t>
         </is>
       </c>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Тодорова Галина Леонідівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Державний заклад професійної (професійно-технічної) освіти "Харківське вище професійне училище швейного виробництва та побуту"</t>
+          <t>Державний навчальний заклад «Регіональний центр професійної освіти швейного виробництва та сфери послуг Харківської області»</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>4248</v>
+        <v>1918</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>ДЗП (ПТ) О "ХВПУШВП"</t>
-[...2 lines deleted...]
-      <c r="E4" s="5"/>
+          <t>ДНЗ "Регіональний ЦПО швейного виробництва та сфери послуг Харківської області"</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>State educational establishment "Regional center of professional education of sewing technologies and services of Kharkiv region"</t>
+        </is>
+      </c>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
-        <v>2018</v>
+        <v>1980</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K4" s="7" t="inlineStr">
         <is>
-          <t>61012</t>
+          <t>61020</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA63120270010565081</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>вул. Конторська, 2</t>
+          <t>просп. Любові Малої, 30</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>0577258459</t>
+          <t>0573762220; 0573763926</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>pr.dzptosvp@ukr.net</t>
+          <t>05537638@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
-          <t>https://dzpto-svp.ptu.org.ua/</t>
+          <t>http://mehovschic.ptu.org.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Батраченко Нінель Володимирівна</t>
+          <t>Нечіпор Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад «Регіональний центр професійної освіти швейного виробництва та сфери послуг Харківської області»</t>
+          <t>Державний навчальний заклад "Ізюмський регіональний центр професійної освіти"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>1918</v>
+        <v>2132</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Регіональний ЦПО швейного виробництва та сфери послуг Харківської області"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "Ізюмський РЦПО"</t>
+        </is>
+      </c>
+      <c r="E5" s="5"/>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
-        <v>1980</v>
+        <v>2003</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J5" s="5" t="inlineStr">
         <is>
-          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K5" s="7" t="inlineStr">
         <is>
-          <t>61020</t>
+          <t>64306</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010565081</t>
+          <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
-          <t>м. Харків</t>
+          <t>м. Ізюм</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
-          <t>просп. Любові Малої, 30</t>
+          <t>вул. Лізи Чайкіної, 24</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>0573762220; 0573763926</t>
+          <t>0990922760, 0664154306</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
-          <t>05537638@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>pr.izyum@ptukh.org.ua</t>
+        </is>
+      </c>
+      <c r="R5" s="5"/>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Нечіпор Світлана Володимирівна</t>
+          <t>Колесник Любов Василівна</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Ізюмський регіональний центр професійної освіти"</t>
+          <t>Державний навчальний заклад "Регіональний центр професійної освіти будівельних технологій Харківської області"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>2132</v>
+        <v>2147</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Ізюмський РЦПО"</t>
+          <t>ДНЗ «РЦПО БТ ХО»</t>
         </is>
       </c>
       <c r="E6" s="5"/>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
-        <v>2003</v>
+        <v>1997</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J6" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>64306</t>
+          <t>61121</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
-          <t>UA63040090010029555</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
-          <t>м. Ізюм</t>
+          <t>м. Харків</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>вул. Лізи Чайкіної, 24</t>
+          <t>вул. Владислава Зубенка, 39</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>0990922760, 0664154306</t>
+          <t>(057) 752 75 89</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>pr.izyum@ptukh.org.ua</t>
-[...2 lines deleted...]
-      <c r="R6" s="5"/>
+          <t>pr.cpto2@ptukh.org.ua</t>
+        </is>
+      </c>
+      <c r="R6" s="5" t="inlineStr">
+        <is>
+          <t>http://cpto2.com.ua/</t>
+        </is>
+      </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Колесник Любов Василівна</t>
+          <t>Амірбеков Геннадій Джамалдінович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Регіональний центр професійної освіти будівельних технологій Харківської області"</t>
+          <t>Державний навчальний заклад "Слобожанський регіональний центр професійної освіти"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>2147</v>
+        <v>2072</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ «РЦПО БТ ХО»</t>
+          <t>ДНЗ "СРЦПО"</t>
         </is>
       </c>
       <c r="E7" s="5"/>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>1997</v>
+        <v>1944</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>61121</t>
+          <t>62210</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010096107</t>
+          <t>UA63020050680041519</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
-          <t>м. Харків</t>
+          <t>с-ще Одноробівка</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>вул. Владислава Зубенка, 39</t>
+          <t>вул. Бурсацька, 8</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>(057) 752 75 89</t>
+          <t>+38(095)-883-22-89</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>pr.cpto2@ptukh.org.ua</t>
+          <t>dnz_srcpo@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
-          <t>http://cpto2.com.ua/</t>
+          <t>https://srcpo.osv.org.ua/</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Амірбеков Геннадій Джамалдінович</t>
+          <t>Толмачова Ірина Семенівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Слобожанський регіональний центр професійної освіти"</t>
+          <t>Державний навчальний заклад "Харківське вище професійне училище №6"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>2072</v>
+        <v>1915</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "СРЦПО"</t>
+          <t>ДНЗ ХВПУ №6</t>
         </is>
       </c>
       <c r="E8" s="5"/>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>1944</v>
+        <v>1922</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
-          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>62210</t>
+          <t>61036</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
-          <t>UA63020050680041519</t>
+          <t>UA63120270010736370</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
-          <t>с-ще Одноробівка</t>
+          <t>м. Харків</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Бурсацька, 8</t>
+          <t>вул. Мухачова, 1</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>+38(095)-883-22-89</t>
+          <t>(057) 723-02-00</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>dnz_srcpo@ukr.net</t>
+          <t>dir.vpu6@ptukh.org.ua</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
-          <t>https://srcpo.osv.org.ua/</t>
+          <t>metalist.org.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Толмачова Ірина Семенівна</t>
+          <t>Костоглодов Василь Миколайович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Харківське вище професійне училище №6"</t>
+          <t>Державний навчальний заклад "Харківський регіональний центр професійної освіти поліграфічних медіатехнологій та машинобудування"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>1915</v>
+        <v>2210</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ ХВПУ №6</t>
-[...2 lines deleted...]
-      <c r="E9" s="5"/>
+          <t>ДНЗ "ХРЦПОПМТМ"</t>
+        </is>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t>State Educational Institution "Kharkiv Regional Center for Vocational Education of Printing Media Technologies and Mechanical Engineering"</t>
+        </is>
+      </c>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>1922</v>
+        <v>1966</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>61036</t>
+          <t>61038</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010736370</t>
+          <t>UA63120270010315719</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Мухачова, 1</t>
+          <t>вул. Камишева Івана, 37</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>(057) 723-02-00</t>
+          <t>0577384263,0577380604, (068) 559-87-46</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>dir.vpu6@ptukh.org.ua</t>
+          <t>pr.poligrafcpto@ptukh.org.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>metalist.org.ua</t>
+          <t>https://www.dnzpoligraf.com.ua/</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Костоглодов Василь Миколайович</t>
+          <t>Пономарьова Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Харківський регіональний центр професійної освіти поліграфічних медіатехнологій та машинобудування"</t>
+          <t>Державний професійно-технічний навчальний заклад "Регіональний центр професійної освіти ресторанно-готельного, комунального господарства, торгівлі та дизайну"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>2210</v>
+        <v>1794</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ХРЦПОПМТМ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДПТНЗ "РЦПОРГКГТД"</t>
+        </is>
+      </c>
+      <c r="E10" s="5"/>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>1966</v>
+        <v>1943</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J10" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>61038</t>
+          <t>61052</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010315719</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>вул. Камишева Івана, 37</t>
+          <t>вул. Мала Панасівська, 1</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>0577384263,0577380604, (068) 559-87-46</t>
+          <t>+38(067)-948-27-19</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>pr.poligrafcpto@ptukh.org.ua</t>
+          <t>cpto-4@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
-          <t>https://www.dnzpoligraf.com.ua/</t>
+          <t>cpto4.ptu.org.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Пономарьова Вікторія Володимирівна</t>
+          <t>Коровкіна Лідія Сергіївна</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Регіональний центр професійної освіти ресторанно-готельного, комунального господарства, торгівлі та дизайну"</t>
+          <t>Державний професійно-технічний навчальний заклад "Харківське вище професійне училище будівництва"</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>1794</v>
+        <v>2068</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "РЦПОРГКГТД"</t>
+          <t>ХВПУ Будівництва</t>
         </is>
       </c>
       <c r="E11" s="5"/>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
-        <v>1943</v>
+        <v>1966</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J11" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>61052</t>
+          <t>61110</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>вул. Мала Панасівська, 1</t>
+          <t>Салтівське шосе , 123</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>+38(067)-948-27-19</t>
+          <t>(057)738-21-04, 738-15-79</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>cpto-4@city.kharkiv.ua</t>
+          <t>hvpyb@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
-          <t>cpto4.ptu.org.ua</t>
+          <t>hvpub-profi.com</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Коровкіна Лідія Сергіївна</t>
+          <t>Сорокін Іван Миколайович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Харківське вище професійне училище будівництва"</t>
+          <t>Державний професійно-технічний навчальний заклад "Харківське вище професійне училище сфери послуг"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>2068</v>
+        <v>1895</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>ХВПУ Будівництва</t>
+          <t>ДПТНЗ ХВПУСП</t>
         </is>
       </c>
       <c r="E12" s="5"/>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>1966</v>
+        <v>1946</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
-          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>61110</t>
+          <t>61001</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>Салтівське шосе , 123</t>
+          <t>вул. Тюрінська, 5</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>(057)738-21-04, 738-15-79</t>
+          <t>(057)732-65-25</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>hvpyb@ukr.net</t>
+          <t>pr.vpusfposlug@ptukh.org.ua</t>
         </is>
       </c>
       <c r="R12" s="5" t="inlineStr">
         <is>
-          <t>hvpub-profi.com</t>
+          <t>https://www.vpu40.ptu.org.ua</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Сорокін Іван Миколайович</t>
+          <t>Матвійчук Лариса Іванівна</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Харківське вище професійне училище сфери послуг"</t>
+          <t>Диканівський навчальний центр №12</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>1895</v>
+        <v>5633</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ ХВПУСП</t>
+          <t>ДНЦ №12</t>
         </is>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1946</v>
+        <v>2004</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>61001</t>
+          <t>61030</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. Тюрінська, 5</t>
+          <t>вул. Лелюківська, 1</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>(057)732-65-25</t>
+          <t>+38(093)-102-55-45</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>pr.vpusfposlug@ptukh.org.ua</t>
+          <t>dicnc.12@gmail.com</t>
         </is>
       </c>
       <c r="R13" s="5" t="inlineStr">
         <is>
-          <t>https://www.vpu40.ptu.org.ua</t>
+          <t>https://dnc12.e-schools.info</t>
         </is>
       </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Матвійчук Лариса Іванівна</t>
+          <t>Гримайло Євгеній Михайлович</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Диканівський навчальний центр №12</t>
+          <t>Заклад професійної (професійно-технічної) освіти "Харківський професійний коледж будівництва та промисловості"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>5633</v>
+        <v>2004</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>ДНЦ №12</t>
-[...2 lines deleted...]
-      <c r="E14" s="5"/>
+          <t>ЗП (ПТ) О "Харківський ПКБтаП"</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>THE ESTABLISHMENT OF VOCATIONAL EDUCATION "KHARKIV VOCATIONAL COLLEGE OF CONSTRUCTION AND INDUSTRY"</t>
+        </is>
+      </c>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>2004</v>
+        <v>1940</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>61030</t>
+          <t>61001</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Лелюківська, 1</t>
+          <t>просп. Аерокосмічний, 11</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>+38(093)-102-55-45</t>
+          <t>0573920105, 3920022</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>dicnc.12@gmail.com</t>
+          <t>pr.budteh@ptukh.org.ua</t>
         </is>
       </c>
       <c r="R14" s="5" t="inlineStr">
         <is>
-          <t>https://dnc12.e-schools.info</t>
+          <t>http://strojsoc.ptu.org.ua</t>
         </is>
       </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Гримайло Євгеній Михайлович</t>
+          <t>Юкляєвська Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти "Харківський професійний коледж будівництва та промисловості"</t>
+          <t>Качанівський навчальний центр №54</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>2004</v>
+        <v>5626</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>ЗП (ПТ) О "Харківський ПКБтаП"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Качанівський навчальний центр №54</t>
+        </is>
+      </c>
+      <c r="E15" s="5"/>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
-        <v>1940</v>
+        <v>2004</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>61001</t>
+          <t>61124</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>просп. Аерокосмічний, 11</t>
+          <t>пров. Вишневий, 16</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>0573920105, 3920022</t>
+          <t>+380(57)-252-41-21</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>pr.budteh@ptukh.org.ua</t>
+          <t>dir_knc_54@ukr.net</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
-          <t>http://strojsoc.ptu.org.ua</t>
+          <t>https://knc54.e-schools.info</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Юкляєвська Наталія Вікторівна</t>
+          <t>Нікуліна Ольга Павлівна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Качанівський навчальний центр №54</t>
+          <t>Комунальне підприємство "Міськелектротранссервіс"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>5626</v>
+        <v>4468</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>Качанівський навчальний центр №54</t>
+          <t>КП "Міськелектротранссервіс"</t>
         </is>
       </c>
       <c r="E16" s="5"/>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J16" s="5" t="inlineStr">
         <is>
-          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+          <t>Харківська міська рада Харківської області</t>
         </is>
       </c>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>61124</t>
+          <t>61001</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>пров. Вишневий, 16</t>
+          <t>вул. Актюбінська, 24</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-252-41-21</t>
+          <t>+380(57)-729-84-04</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>dir_knc_54@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>kh_get@ukr.net</t>
+        </is>
+      </c>
+      <c r="R16" s="5"/>
       <c r="S16" s="5" t="inlineStr">
         <is>
-          <t>В. о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Нікуліна Ольга Павлівна</t>
-[...3 lines deleted...]
-      <c r="V16" s="5"/>
+          <t>Васенко Владислав Олександрович</t>
+        </is>
+      </c>
+      <c r="U16" s="8" t="n">
+        <v>45057</v>
+      </c>
+      <c r="V16" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство "Міськелектротранссервіс"</t>
+          <t>Комунальне підприємство "Тролейбусне депо №2"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>4468</v>
+        <v>4128</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>КП "Міськелектротранссервіс"</t>
+          <t>КП "Тролейбусне депо №2"</t>
         </is>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
         <v>2011</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J17" s="5" t="inlineStr">
         <is>
-          <t>Харківська міська рада Харківської області</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K17" s="7" t="inlineStr">
         <is>
-          <t>61001</t>
+          <t>61105</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010096107</t>
+          <t>UA63120270000028556</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
-          <t>м. Харків</t>
+          <t>Харківська ОТГ</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Актюбінська, 24</t>
+          <t>вул. Ньютона, 5</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-729-84-04</t>
+          <t>+057(73)-991-25</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>kh_get@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R17" s="5"/>
+          <t>troldepo2@gmail.com</t>
+        </is>
+      </c>
+      <c r="R17" s="5" t="inlineStr">
+        <is>
+          <t>eltrans.kh.ua</t>
+        </is>
+      </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Васенко Владислав Олександрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Ліфіренко Леонід Михайлович</t>
+        </is>
+      </c>
+      <c r="U17" s="8"/>
+      <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство "Тролейбусне депо №2"</t>
+          <t>КОМУНАЛЬНЕ ПІДПРИЄМСТВО "ХАРКІВСЬКИЙ МЕТРОПОЛІТЕН"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
-        <v>4128</v>
+        <v>7189</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
-          <t>КП "Тролейбусне депо №2"</t>
+          <t>КП "ХАРКІВСЬКИЙ МЕТРОПОЛІТЕН"</t>
         </is>
       </c>
       <c r="E18" s="5"/>
       <c r="F18" s="7"/>
       <c r="G18" s="6" t="n">
-        <v>2011</v>
+        <v>1974</v>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J18" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Харківська міська рада Харківської області</t>
         </is>
       </c>
       <c r="K18" s="7" t="inlineStr">
         <is>
-          <t>61105</t>
+          <t>61052</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
-          <t>UA63120270000028556</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
-          <t>Харківська ОТГ</t>
+          <t>м. Харків</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
-          <t>вул. Ньютона, 5</t>
+          <t>вул. Різдвяна, 29</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>+057(73)-991-25</t>
+          <t>(057)731-21-41</t>
         </is>
       </c>
       <c r="Q18" s="5" t="inlineStr">
         <is>
-          <t>troldepo2@gmail.com</t>
+          <t>s@metro.kharkiv.ua</t>
         </is>
       </c>
       <c r="R18" s="5" t="inlineStr">
         <is>
-          <t>eltrans.kh.ua</t>
+          <t>https://www.metro.kharkiv.ua</t>
         </is>
       </c>
       <c r="S18" s="5" t="inlineStr">
         <is>
-          <t>В. о. директора</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
-          <t>Ліфіренко Леонід Михайлович</t>
+          <t>Приймак Владислав Олександрович</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНЕ ПІДПРИЄМСТВО "ХАРКІВСЬКИЙ МЕТРОПОЛІТЕН"</t>
+          <t>Комунальний заклад "Харківський міжшкільний ресурсний центр № 1 Харківської міської ради"</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>7189</v>
+        <v>7271</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>КП "ХАРКІВСЬКИЙ МЕТРОПОЛІТЕН"</t>
+          <t>Харківський МРЦ № 1</t>
         </is>
       </c>
       <c r="E19" s="5"/>
       <c r="F19" s="7"/>
       <c r="G19" s="6" t="n">
-        <v>1974</v>
+        <v>1990</v>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J19" s="5" t="inlineStr">
         <is>
           <t>Харківська міська рада Харківської області</t>
         </is>
       </c>
       <c r="K19" s="7" t="inlineStr">
         <is>
-          <t>61052</t>
+          <t>61024</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>вул. Різдвяна, 29</t>
+          <t>вул. Йогансена Майка, 15/17</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>(057)731-21-41</t>
+          <t>(050) 595 03 66</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
-          <t>s@metro.kharkiv.ua</t>
+          <t>avtoskola_upah@ukr.net</t>
         </is>
       </c>
       <c r="R19" s="5" t="inlineStr">
         <is>
-          <t>https://www.metro.kharkiv.ua</t>
+          <t>http://uvag-kievskiy.edu.kh.ua/</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Приймак Владислав Олександрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Білопольський Ігор Михайлович</t>
+        </is>
+      </c>
+      <c r="U19" s="8"/>
+      <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Харківський міжшкільний ресурсний центр № 1 Харківської міської ради"</t>
+          <t>Олексіївський навчальний центр №25</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>7271</v>
+        <v>5628</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>Харківський МРЦ № 1</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E20" s="5"/>
       <c r="F20" s="7"/>
       <c r="G20" s="6" t="n">
-        <v>1990</v>
+        <v>2004</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J20" s="5" t="inlineStr">
         <is>
-          <t>Харківська міська рада Харківської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>61024</t>
+          <t>61742</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>вул. Йогансена Майка, 15/17</t>
+          <t>вул. Кюї Цезаря, 44</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>(050) 595 03 66</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(098)-261-35-42;</t>
+        </is>
+      </c>
+      <c r="Q20" s="5"/>
+      <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Білопольський Ігор Михайлович</t>
+          <t>Пархоменко Сергій Павлович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Олексіївський навчальний центр №25</t>
+          <t>ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ІНДУСТРІАЛЬНИЙ УЧБОВИЙ СПОРТИВНО-ТЕХНІЧНИЙ ЦЕНТР ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ М. ХАРКОВА"</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>5628</v>
+        <v>7224</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ІНДУСТРІАЛЬНИЙ УСТЦ ТСОУ"</t>
         </is>
       </c>
       <c r="E21" s="5"/>
       <c r="F21" s="7"/>
-      <c r="G21" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G21" s="6"/>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Корпоративна</t>
+        </is>
+      </c>
+      <c r="J21" s="5"/>
       <c r="K21" s="7" t="inlineStr">
         <is>
-          <t>61742</t>
+          <t>61089</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>вул. Кюї Цезаря, 44</t>
+          <t>вул. Верстатобудівна, 11</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
-          <t>+38(098)-261-35-42;</t>
-[...2 lines deleted...]
-      <c r="Q21" s="5"/>
+          <t>(066)823-74-12</t>
+        </is>
+      </c>
+      <c r="Q21" s="5" t="inlineStr">
+        <is>
+          <t>frunzusts2010@gmail.com</t>
+        </is>
+      </c>
       <c r="R21" s="5"/>
       <c r="S21" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Пархоменко Сергій Павлович</t>
+          <t>Лазарев Денис Сергійович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ІНДУСТРІАЛЬНИЙ УЧБОВИЙ СПОРТИВНО-ТЕХНІЧНИЙ ЦЕНТР ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ М. ХАРКОВА"</t>
+          <t>Організація (установа, заклад) об'єднання громадян "Салтівський учбовий спортивно-технічний центр Товариства сприяння обороні України м. Харкова"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>7224</v>
+        <v>4086</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ІНДУСТРІАЛЬНИЙ УСТЦ ТСОУ"</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E22" s="5"/>
       <c r="F22" s="7"/>
-      <c r="G22" s="6"/>
+      <c r="G22" s="6" t="n">
+        <v>1995</v>
+      </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
-          <t>Корпоративна</t>
-[...2 lines deleted...]
-      <c r="J22" s="5"/>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J22" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>61089</t>
+          <t>61038</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010096107</t>
+          <t>UA63120270010315719</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Верстатобудівна, 11</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Ахієзерів, 48/50</t>
+        </is>
+      </c>
+      <c r="P22" s="5"/>
+      <c r="Q22" s="5"/>
       <c r="R22" s="5"/>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Лазарев Денис Сергійович</t>
+          <t>Водолага Олександр Миколайович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>Організація (установа, заклад) об'єднання громадян "Салтівський учбовий спортивно-технічний центр Товариства сприяння обороні України м. Харкова"</t>
+          <t>Організація (установа, заклад) об’єднання громадян "Холодногірський навчальний спортивно - технічний центр Товариства сприяння обороні України м. Харкова"</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>4086</v>
+        <v>6283</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Організація (установа, заклад) об'єднання громадян "Холодногірський НСТЦ ТСОУ м. Харкова"</t>
         </is>
       </c>
       <c r="E23" s="5"/>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
-        <v>1995</v>
+        <v>2002</v>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J23" s="5" t="inlineStr">
         <is>
           <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K23" s="7" t="inlineStr">
         <is>
-          <t>61038</t>
+          <t>61017</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010315719</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>вул. Ахієзерів, 48/50</t>
-[...2 lines deleted...]
-      <c r="P23" s="5"/>
+          <t>вул. Бориса Шрамка, 20</t>
+        </is>
+      </c>
+      <c r="P23" s="5" t="inlineStr">
+        <is>
+          <t>+380(57)-724-21-93</t>
+        </is>
+      </c>
       <c r="Q23" s="5"/>
       <c r="R23" s="5"/>
       <c r="S23" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Водолага Олександр Миколайович</t>
+          <t>Фабрісов Дмитро Євгенійович</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Організація (установа, заклад) об’єднання громадян "Холодногірський навчальний спортивно - технічний центр Товариства сприяння обороні України м. Харкова"</t>
+          <t>ОРГАНІЗАЦІЯ (УСТАНОВА,ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ХАРКІВСЬКА ОБ'ЄДНАНА ТЕХНІЧНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>6283</v>
+        <v>7162</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>Організація (установа, заклад) об'єднання громадян "Холодногірський НСТЦ ТСОУ м. Харкова"</t>
+          <t>ОРГАНІЗАЦІЯ (УСТАНОВА,ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ХАРКІВСЬКА ОТШ ТCОУ"</t>
         </is>
       </c>
       <c r="E24" s="5"/>
       <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>2002</v>
+        <v>1976</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J24" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J24" s="5"/>
       <c r="K24" s="7" t="inlineStr">
         <is>
-          <t>61017</t>
+          <t>61001</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>вул. Бориса Шрамка, 20</t>
+          <t>вул. Плеханівська, 16</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-724-21-93</t>
-[...2 lines deleted...]
-      <c r="Q24" s="5"/>
+          <t>(099)723-39-61</t>
+        </is>
+      </c>
+      <c r="Q24" s="5" t="inlineStr">
+        <is>
+          <t>auto-school2012@ukr.net</t>
+        </is>
+      </c>
       <c r="R24" s="5"/>
       <c r="S24" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Фабрісов Дмитро Євгенійович</t>
+          <t>Максютенко Олексій Костянтинович</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>Підприємство «Центр СПБ»</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
         <v>3007</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <t>П «Центр СПБ»</t>
         </is>
       </c>
       <c r="E25" s="5"/>
       <c r="F25" s="7"/>
       <c r="G25" s="6" t="n">
         <v>2000</v>
       </c>
@@ -4021,56 +4007,56 @@
           <t>61052</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
           <t>вул. Сіриківська, 41</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>0577125567</t>
+          <t>+38(057)-712-55-67</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
-          <t>XPLZT-23@UKR.NET</t>
+          <t>xplzt@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="R45" s="5" t="inlineStr">
         <is>
           <t>https://xplzt.jimdo.com</t>
         </is>
       </c>
       <c r="S45" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
           <t>Сінюков Вячеслав Вадимович</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>Холодногірський навчальний центр №18</t>
         </is>
@@ -4809,66 +4795,66 @@
           <t>63503</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
           <t>UA63140170010036104</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
           <t>м. Чугуїв</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
           <t>вул. Героїв Чорнобильців, 56</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>0574622683,0574622308</t>
+          <t>+38(057)-462-26-83</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
           <t>pr.chuguyiv@ptukh.org.ua</t>
         </is>
       </c>
       <c r="R54" s="5" t="inlineStr">
         <is>
-          <t>chrcpo.com.ua</t>
+          <t>https://chrcpo.com.ua/</t>
         </is>
       </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
           <t>Грушка Віталій Олександрович</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>Чугуївський учбово-спортивний центр Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
         <v>4065</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
@@ -5253,58 +5239,54 @@
           <t>62495</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
           <t>UA63120010020068237</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
           <t>с-ще Васищеве</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
           <t>вул. Орешкова, 64</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-749-16-47</t>
-[...6 lines deleted...]
-      </c>
+          <t>+38(057)-749-16-47;</t>
+        </is>
+      </c>
+      <c r="Q59" s="5"/>
       <c r="R59" s="5"/>
       <c r="S59" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
           <t>Шептура Віктор Миколайович</t>
         </is>
       </c>
       <c r="U59" s="8"/>
       <c r="V59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>Вовчанський спортивно-технічний клуб товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B60" s="6" t="n">
         <v>4085</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="5" t="inlineStr">
@@ -5978,52 +5960,58 @@
       <c r="P67" s="5" t="inlineStr">
         <is>
           <t>057-742-70-30, 057-742-75-48</t>
         </is>
       </c>
       <c r="Q67" s="5" t="inlineStr">
         <is>
           <t>kharkov_centr@ukr.net</t>
         </is>
       </c>
       <c r="R67" s="5" t="inlineStr">
         <is>
           <t>honcapk.pp</t>
         </is>
       </c>
       <c r="S67" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T67" s="5" t="inlineStr">
         <is>
           <t>Д`яченко Дмитро Іванович</t>
         </is>
       </c>
-      <c r="U67" s="8"/>
-      <c r="V67" s="5"/>
+      <c r="U67" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V67" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <t>Вовчанський міжшкільний навчально-виробничий комбінат Вовчанської районної ради Харківської області</t>
         </is>
       </c>
       <c r="B68" s="6" t="n">
         <v>4132</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <t>МНВК</t>
         </is>
       </c>
       <c r="E68" s="5"/>
       <c r="F68" s="7"/>
       <c r="G68" s="6" t="n">
         <v>2006</v>
       </c>
       <c r="H68" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -6152,221 +6140,133 @@
       </c>
       <c r="Q69" s="5"/>
       <c r="R69" s="5"/>
       <c r="S69" s="5" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="T69" s="5" t="inlineStr">
         <is>
           <t>Бабенко Ігор Анатолійович</t>
         </is>
       </c>
       <c r="U69" s="8" t="n">
         <v>45170</v>
       </c>
       <c r="V69" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>Зміївський професійний енергетичний ліцей</t>
+          <t>Державний професійно-технічний навчальний заклад "Темнівський навчальний центр №100"</t>
         </is>
       </c>
       <c r="B70" s="6" t="n">
-        <v>2069</v>
+        <v>5634</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
-          <t>ЗПЕЛ</t>
+          <t>Темнівський навчальний центр №100</t>
         </is>
       </c>
       <c r="E70" s="5"/>
       <c r="F70" s="7"/>
       <c r="G70" s="6" t="n">
-        <v>1970</v>
+        <v>2005</v>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I70" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J70" s="5" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K70" s="7" t="inlineStr">
         <is>
-          <t>63460</t>
+          <t>62493</t>
         </is>
       </c>
       <c r="L70" s="7" t="inlineStr">
         <is>
-          <t>UA63140110010076882</t>
+          <t>UA63120010080091177</t>
         </is>
       </c>
       <c r="M70" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N70" s="5" t="inlineStr">
         <is>
-          <t>с-ще Слобожанське</t>
+          <t>с. Темнівка</t>
         </is>
       </c>
       <c r="O70" s="5" t="inlineStr">
         <is>
-          <t>вул. Спортивна, 15-Б</t>
+          <t>вул. Харківська, 3</t>
         </is>
       </c>
       <c r="P70" s="5" t="inlineStr">
         <is>
-          <t>(0247)53144</t>
+          <t>+380(95)-844-44-59</t>
         </is>
       </c>
       <c r="Q70" s="5" t="inlineStr">
         <is>
-          <t>pr.zmiivenerg@ptukh.org.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>tnc_100@ukr.net</t>
+        </is>
+      </c>
+      <c r="R70" s="5"/>
       <c r="S70" s="5" t="inlineStr">
         <is>
-          <t>Директор ліцею</t>
+          <t>Директор ДПТНЗ "Темнівський навчальний центр №100"</t>
         </is>
       </c>
       <c r="T70" s="5" t="inlineStr">
         <is>
-          <t>Єльцова Ольга Михайлівна</t>
+          <t>Підкопай Анатолій Миколайович</t>
         </is>
       </c>
       <c r="U70" s="8"/>
       <c r="V70" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
-[...82 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:V71"/>
+  <autoFilter ref="A1:V70"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>