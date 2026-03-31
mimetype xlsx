--- v2 (2026-02-09)
+++ v3 (2026-03-31)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$70</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$71</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V70"/>
+  <dimension ref="A1:V71"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -1459,51 +1459,51 @@
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
           <t>Юкляєвська Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Качанівський навчальний центр №54</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
         <v>5626</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>Качанівський навчальний центр №54</t>
+          <t>КНЦ № 54</t>
         </is>
       </c>
       <c r="E15" s="5"/>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
         <v>2004</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
           <t>61124</t>
@@ -2050,4223 +2050,4301 @@
           <t>(066)823-74-12</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
           <t>frunzusts2010@gmail.com</t>
         </is>
       </c>
       <c r="R21" s="5"/>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
           <t>Лазарев Денис Сергійович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>Організація (установа, заклад) об'єднання громадян "Салтівський учбовий спортивно-технічний центр Товариства сприяння обороні України м. Харкова"</t>
+          <t>ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "НОВОБАВАРСЬКИЙ РАЙОННИЙ НАВЧАЛЬНИЙ СПОРТИВНО-ТЕХНІЧНИЙ ЦЕНТР ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ М. ХАРКОВА"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>4086</v>
+        <v>3987</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "НОВОБАВАРСЬКИЙ РНСТЦ ТСОУ М. ХАРКОВА"</t>
         </is>
       </c>
       <c r="E22" s="5"/>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J22" s="5" t="inlineStr">
         <is>
           <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>61038</t>
+          <t>61052</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010315719</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Ахієзерів, 48/50</t>
-[...3 lines deleted...]
-      <c r="Q22" s="5"/>
+          <t>вул. Дмитрівська, 21</t>
+        </is>
+      </c>
+      <c r="P22" s="5" t="inlineStr">
+        <is>
+          <t>+057(73)-493-78</t>
+        </is>
+      </c>
+      <c r="Q22" s="5" t="inlineStr">
+        <is>
+          <t>avtoshkola_lux@i.ua</t>
+        </is>
+      </c>
       <c r="R22" s="5"/>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
           <t>Водолага Олександр Миколайович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>Організація (установа, заклад) об’єднання громадян "Холодногірський навчальний спортивно - технічний центр Товариства сприяння обороні України м. Харкова"</t>
+          <t>Організація (установа, заклад) об'єднання громадян "Салтівський учбовий спортивно-технічний центр Товариства сприяння обороні України м. Харкова"</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>6283</v>
+        <v>4086</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>Організація (установа, заклад) об'єднання громадян "Холодногірський НСТЦ ТСОУ м. Харкова"</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E23" s="5"/>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
-        <v>2002</v>
+        <v>1995</v>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J23" s="5" t="inlineStr">
         <is>
           <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K23" s="7" t="inlineStr">
         <is>
-          <t>61017</t>
+          <t>61038</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010096107</t>
+          <t>UA63120270010315719</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>вул. Бориса Шрамка, 20</t>
-[...6 lines deleted...]
-      </c>
+          <t>вул. Ахієзерів, 48/50</t>
+        </is>
+      </c>
+      <c r="P23" s="5"/>
       <c r="Q23" s="5"/>
       <c r="R23" s="5"/>
       <c r="S23" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Фабрісов Дмитро Євгенійович</t>
+          <t>Водолага Олександр Миколайович</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>ОРГАНІЗАЦІЯ (УСТАНОВА,ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ХАРКІВСЬКА ОБ'ЄДНАНА ТЕХНІЧНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
+          <t>Організація (установа, заклад) об’єднання громадян "Холодногірський навчальний спортивно - технічний центр Товариства сприяння обороні України м. Харкова"</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>7162</v>
+        <v>6283</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>ОРГАНІЗАЦІЯ (УСТАНОВА,ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ХАРКІВСЬКА ОТШ ТCОУ"</t>
+          <t>Організація (установа, заклад) об'єднання громадян "Холодногірський НСТЦ ТСОУ м. Харкова"</t>
         </is>
       </c>
       <c r="E24" s="5"/>
       <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>1976</v>
+        <v>2002</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J24" s="5"/>
+      <c r="J24" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K24" s="7" t="inlineStr">
         <is>
-          <t>61001</t>
+          <t>61017</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>вул. Плеханівська, 16</t>
+          <t>вул. Бориса Шрамка, 20</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>(099)723-39-61</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380(57)-724-21-93</t>
+        </is>
+      </c>
+      <c r="Q24" s="5"/>
       <c r="R24" s="5"/>
       <c r="S24" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Максютенко Олексій Костянтинович</t>
+          <t>Фабрісов Дмитро Євгенійович</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>Підприємство «Центр СПБ»</t>
+          <t>ОРГАНІЗАЦІЯ (УСТАНОВА,ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ХАРКІВСЬКА ОБ'ЄДНАНА ТЕХНІЧНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>3007</v>
+        <v>7162</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>П «Центр СПБ»</t>
+          <t>ОРГАНІЗАЦІЯ (УСТАНОВА,ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "ХАРКІВСЬКА ОТШ ТCОУ"</t>
         </is>
       </c>
       <c r="E25" s="5"/>
       <c r="F25" s="7"/>
       <c r="G25" s="6" t="n">
-        <v>2000</v>
+        <v>1976</v>
       </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J25" s="5"/>
       <c r="K25" s="7" t="inlineStr">
         <is>
           <t>61001</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010158723</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
-          <t>вул. Плеханівська, 25 квартира 45</t>
+          <t>вул. Плеханівська, 16</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>(057)752-17-55, 093-360-90-91</t>
+          <t>(099)723-39-61</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
-          <t>contact@spb.in.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>auto-school2012@ukr.net</t>
+        </is>
+      </c>
+      <c r="R25" s="5"/>
       <c r="S25" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Ломоносов Роман Миколайович</t>
+          <t>Максютенко Олексій Костянтинович</t>
         </is>
       </c>
       <c r="U25" s="8"/>
       <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ХАРКІВСЬКИЙ ЦЕНТР НАУКОВО-ТЕХНІЧНОЇ ТА ЕКОНОМІЧНОЇ ІНФОРМАЦІЇ"</t>
+          <t>Підприємство «Центр СПБ»</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
-        <v>4222</v>
+        <v>3007</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
-          <t>ПРАТ "ХЦНТЕІ"</t>
+          <t>П «Центр СПБ»</t>
         </is>
       </c>
       <c r="E26" s="5"/>
       <c r="F26" s="7"/>
       <c r="G26" s="6" t="n">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I26" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J26" s="5"/>
       <c r="K26" s="7" t="inlineStr">
         <is>
-          <t>61010</t>
+          <t>61001</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010681864</t>
+          <t>UA63120270010158723</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
-          <t>просп. Гагаріна, 4</t>
+          <t>вул. Плеханівська, 25 квартира 45</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-732-64-30</t>
+          <t>(057)752-17-55, 093-360-90-91</t>
         </is>
       </c>
       <c r="Q26" s="5" t="inlineStr">
         <is>
-          <t>ntei_cntei@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R26" s="5"/>
+          <t>contact@spb.in.ua</t>
+        </is>
+      </c>
+      <c r="R26" s="5" t="inlineStr">
+        <is>
+          <t>http://spb.in.ua</t>
+        </is>
+      </c>
       <c r="S26" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
-          <t>Халабурдін Святослав Володимирович</t>
+          <t>Ломоносов Роман Миколайович</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Учбовий центр сучасних професій"</t>
+          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ХАРКІВСЬКИЙ ЦЕНТР НАУКОВО-ТЕХНІЧНОЇ ТА ЕКОНОМІЧНОЇ ІНФОРМАЦІЇ"</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
-        <v>3021</v>
+        <v>4222</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>ПП "Учбовий центр сучасних професій"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПРАТ "ХЦНТЕІ"</t>
+        </is>
+      </c>
+      <c r="E27" s="5"/>
       <c r="F27" s="7"/>
       <c r="G27" s="6" t="n">
-        <v>2000</v>
+        <v>1994</v>
       </c>
       <c r="H27" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J27" s="5"/>
       <c r="K27" s="7" t="inlineStr">
         <is>
-          <t>61052</t>
+          <t>61010</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010877312</t>
+          <t>UA63120270010681864</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
-          <t>вул. Суздальські ряди, 12</t>
+          <t>просп. Гагаріна, 4</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>(057) 7591759; 7591533</t>
+          <t>+380(57)-732-64-30</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
-          <t>intellekttsentr@mail.ua</t>
+          <t>ntei_cntei@ukr.net</t>
         </is>
       </c>
       <c r="R27" s="5"/>
       <c r="S27" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Луганська Анна Юріївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Халабурдін Святослав Володимирович</t>
+        </is>
+      </c>
+      <c r="U27" s="8"/>
+      <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Учбово-діагностичний центр ТЕХІНФОРМСЕРВІС"</t>
+          <t>Приватне підприємство "Учбовий центр сучасних професій"</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
-        <v>3889</v>
+        <v>3021</v>
       </c>
       <c r="C28" s="6"/>
-      <c r="D28" s="5"/>
-      <c r="E28" s="5"/>
+      <c r="D28" s="5" t="inlineStr">
+        <is>
+          <t>ПП "Учбовий центр сучасних професій"</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>Private enterprise " Training center of modern professions"</t>
+        </is>
+      </c>
       <c r="F28" s="7"/>
       <c r="G28" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J28" s="5"/>
       <c r="K28" s="7" t="inlineStr">
         <is>
-          <t>61001</t>
+          <t>61052</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010681864</t>
+          <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
-          <t>просп. Гагаріна, 1</t>
+          <t>вул. Суздальські ряди, 12</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>057-732-65-55, 057-758-25-02</t>
-[...2 lines deleted...]
-      <c r="Q28" s="5"/>
+          <t>(057) 7591759; 7591533</t>
+        </is>
+      </c>
+      <c r="Q28" s="5" t="inlineStr">
+        <is>
+          <t>intellekttsentr@mail.ua</t>
+        </is>
+      </c>
       <c r="R28" s="5"/>
       <c r="S28" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
-      <c r="T28" s="5"/>
+      <c r="T28" s="5" t="inlineStr">
+        <is>
+          <t>Луганська Анна Юріївна</t>
+        </is>
+      </c>
       <c r="U28" s="8" t="n">
-        <v>45748</v>
+        <v>43019</v>
       </c>
       <c r="V28" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ВИЩИЙ ПРОФЕСІЙНО-ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД "УЧБОВИЙ НАУКОВО-ВИРОБНИЧИЙ ЦЕНТР "УКРТЕХПРОГРЕС"</t>
+          <t>Приватне підприємство "Учбово-діагностичний центр ТЕХІНФОРМСЕРВІС"</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>7270</v>
+        <v>3889</v>
       </c>
       <c r="C29" s="6"/>
-      <c r="D29" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D29" s="5"/>
       <c r="E29" s="5"/>
       <c r="F29" s="7"/>
       <c r="G29" s="6" t="n">
-        <v>2006</v>
+        <v>2000</v>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J29" s="5"/>
       <c r="K29" s="7" t="inlineStr">
         <is>
-          <t>61105</t>
+          <t>61001</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010736370</t>
+          <t>UA63120270010681864</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>вул. Киргизька, 15</t>
+          <t>просп. Гагаріна, 1</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>(095)438-58-62</t>
-[...6 lines deleted...]
-      </c>
+          <t>057-732-65-55, 057-758-25-02</t>
+        </is>
+      </c>
+      <c r="Q29" s="5"/>
       <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
-      <c r="T29" s="5" t="inlineStr">
-[...5 lines deleted...]
-      <c r="V29" s="5"/>
+      <c r="T29" s="5"/>
+      <c r="U29" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V29" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>Регіональний центр професійної освіти електротехнічних, машинобудівних та сервісних технологій Харківської області</t>
+          <t>ПРИВАТНИЙ ВИЩИЙ ПРОФЕСІЙНО-ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД "УЧБОВИЙ НАУКОВО-ВИРОБНИЧИЙ ЦЕНТР "УКРТЕХПРОГРЕС"</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
-        <v>1922</v>
+        <v>7270</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>РЦ ПО ЕМСТ Харківської області</t>
+          <t>ПВПТНЗ "УНВЦ "УКРТЕХПРОГРЕС"</t>
         </is>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
-        <v>1984</v>
+        <v>2006</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J30" s="5"/>
       <c r="K30" s="7" t="inlineStr">
         <is>
-          <t>61038</t>
+          <t>61105</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010096107</t>
+          <t>UA63120270010736370</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
-          <t>вул. Спортивна, 9</t>
+          <t>вул. Киргизька, 15</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
-          <t>(057) 738 01 48</t>
+          <t>(095)438-58-62</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
-          <t>pr.ptu32@ptukh.org.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>pvptnz_ukrtehprogress@ukr.net</t>
+        </is>
+      </c>
+      <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Пушкарьов Павло Віталійович</t>
+          <t>Мица Віктор Павлович</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>Регіональний центр професійної освіти ресторанного, будівельного та автотранспортного сервісу Харківської області</t>
+          <t>Регіональний центр професійної освіти електротехнічних, машинобудівних та сервісних технологій Харківської області</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
-        <v>2098</v>
+        <v>1922</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>РЦ ПО РБАС Харківської області</t>
+          <t>РЦ ПО ЕМСТ Харківської області</t>
         </is>
       </c>
       <c r="E31" s="5"/>
       <c r="F31" s="7"/>
       <c r="G31" s="6" t="n">
-        <v>1985</v>
+        <v>1984</v>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J31" s="5" t="inlineStr">
         <is>
-          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K31" s="7" t="inlineStr">
         <is>
-          <t>61031</t>
+          <t>61038</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010736370</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
-          <t>вул. Аерофлотська, 8</t>
+          <t>вул. Спортивна, 9</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
-          <t>7755550;</t>
-[...3 lines deleted...]
-      <c r="R31" s="5"/>
+          <t>(057) 738 01 48</t>
+        </is>
+      </c>
+      <c r="Q31" s="5" t="inlineStr">
+        <is>
+          <t>pr.ptu32@ptukh.org.ua</t>
+        </is>
+      </c>
+      <c r="R31" s="5" t="inlineStr">
+        <is>
+          <t>rcpoemstho.kh.sch.in.ua</t>
+        </is>
+      </c>
       <c r="S31" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
-          <t>Омельченко Юрій Михайлович</t>
+          <t>Пушкарьов Павло Віталійович</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "АГЕНТСТВО КОМПЛЕКСНОЇ БЕЗПЕКИ - ОХОРОННА ФІРМА БРІГ"</t>
+          <t>Регіональний центр професійної освіти ресторанного, будівельного та автотранспортного сервісу Харківської області</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>3988</v>
+        <v>2098</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "АКБ-ОФ БРІГ"</t>
+          <t>РЦ ПО РБАС Харківської області</t>
         </is>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
       <c r="G32" s="6" t="n">
-        <v>2004</v>
+        <v>1985</v>
       </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J32" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J32" s="5" t="inlineStr">
+        <is>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K32" s="7" t="inlineStr">
         <is>
-          <t>61089</t>
+          <t>61031</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010158723</t>
+          <t>UA63120270010736370</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
-          <t>просп. Індустріальний, 53</t>
+          <t>вул. Аерофлотська, 8</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-293-03-55</t>
+          <t>+38(057)-775-55-50</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
-          <t>brig.ohrana@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R32" s="5"/>
+          <t>ptu-39@ukr.net</t>
+        </is>
+      </c>
+      <c r="R32" s="5" t="inlineStr">
+        <is>
+          <t>http://kuhar.kh.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="S32" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
-          <t>Топчій Ольга Миколаївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Омельченко Юрій Михайлович</t>
+        </is>
+      </c>
+      <c r="U32" s="8"/>
+      <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "БАСТІОН-СЕРВІС"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "АГЕНТСТВО КОМПЛЕКСНОЇ БЕЗПЕКИ - ОХОРОННА ФІРМА БРІГ"</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>2942</v>
+        <v>3988</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "БАСТІОН-СЕРВІС"</t>
+          <t>ТОВ "АКБ-ОФ БРІГ"</t>
         </is>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
       <c r="G33" s="6" t="n">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J33" s="5"/>
       <c r="K33" s="7" t="inlineStr">
         <is>
-          <t>61144</t>
+          <t>61089</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010315719</t>
+          <t>UA63120270010158723</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Уборевіча, 8 корпус А, квартира 88</t>
+          <t>просп. Індустріальний, 53</t>
         </is>
       </c>
       <c r="P33" s="5" t="inlineStr">
         <is>
-          <t>057 771 07 37, 057 731 23 02</t>
+          <t>+380(57)-293-03-55</t>
         </is>
       </c>
       <c r="Q33" s="5" t="inlineStr">
         <is>
-          <t>bastion.servis@mail.ru</t>
+          <t>brig.ohrana@gmail.com</t>
         </is>
       </c>
       <c r="R33" s="5"/>
       <c r="S33" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Єрмоленко Денис Валерійович</t>
+          <t>Топчій Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U33" s="8" t="n">
-        <v>44426</v>
+        <v>45397</v>
       </c>
       <c r="V33" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Охоронно-юридичне агентство "Кратос"</t>
+          <t>Товариство з обмеженою відповідальністю "БАСТІОН-СЕРВІС"</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>3029</v>
+        <v>2942</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ОЮА "Кратос"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "БАСТІОН-СЕРВІС"</t>
+        </is>
+      </c>
+      <c r="E34" s="5"/>
       <c r="F34" s="7"/>
       <c r="G34" s="6" t="n">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J34" s="5"/>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>61145</t>
+          <t>61144</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010948820</t>
+          <t>UA63120270010315719</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>вул. Європейська, 2</t>
+          <t>вул. Уборевіча, 8 корпус А, квартира 88</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>+38(057)-701-37-13</t>
+          <t>057 771 07 37, 057 731 23 02</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>info@kratos.in.ua</t>
+          <t>bastion.servis@mail.ru</t>
         </is>
       </c>
       <c r="R34" s="5"/>
       <c r="S34" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Петренко Максим Миколайович</t>
-[...3 lines deleted...]
-      <c r="V34" s="5"/>
+          <t>Єрмоленко Денис Валерійович</t>
+        </is>
+      </c>
+      <c r="U34" s="8" t="n">
+        <v>44426</v>
+      </c>
+      <c r="V34" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ССМЕДІКУС"</t>
+          <t>Товариство з обмеженою відповідальністю "Охоронно-юридичне агентство "Кратос"</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>5695</v>
+        <v>3029</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ССМЕДІКУС"</t>
+          <t>ТОВ "ОЮА "Кратос"</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>LIMITED LIABILITY COMPANY "CCMEDICUS"</t>
+          <t>LIMITED LIABILITY COMPANY "SECURITY-LEGAL AGENCY "KRATOS"</t>
         </is>
       </c>
       <c r="F35" s="7"/>
-      <c r="G35" s="6"/>
+      <c r="G35" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H35" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J35" s="5"/>
       <c r="K35" s="7" t="inlineStr">
         <is>
-          <t>61108</t>
+          <t>61145</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010096107</t>
+          <t>UA63120270010948820</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>вул. Академіка Вальтера, 21 А</t>
+          <t>вул. Європейська, 2</t>
         </is>
       </c>
       <c r="P35" s="5" t="inlineStr">
         <is>
-          <t>(066) 595 96 60</t>
+          <t>+38(057)-701-37-13</t>
         </is>
       </c>
       <c r="Q35" s="5" t="inlineStr">
         <is>
-          <t>Cream-caramel@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>info@kratos.in.ua</t>
+        </is>
+      </c>
+      <c r="R35" s="5"/>
       <c r="S35" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Автономова Марина Володимирівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Петренко Максим Миколайович</t>
+        </is>
+      </c>
+      <c r="U35" s="8"/>
+      <c r="V35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Стальконструкція ЛТД"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ССМЕДІКУС"</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>4134</v>
+        <v>5695</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Стальконструкція ЛТД"</t>
-[...2 lines deleted...]
-      <c r="E36" s="5"/>
+          <t>ТОВ "ССМЕДІКУС"</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>LIMITED LIABILITY COMPANY "CCMEDICUS"</t>
+        </is>
+      </c>
       <c r="F36" s="7"/>
-      <c r="G36" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G36" s="6"/>
       <c r="H36" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J36" s="5"/>
       <c r="K36" s="7" t="inlineStr">
         <is>
-          <t>61106</t>
+          <t>61108</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010158723</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>вул. Плиткова, 12</t>
+          <t>вул. Академіка Вальтера, 21 А</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-294-67-60</t>
+          <t>(066) 595 96 60</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
-          <t>info@steelconstruction.com.ua</t>
+          <t>Cream-caramel@i.ua</t>
         </is>
       </c>
       <c r="R36" s="5" t="inlineStr">
         <is>
-          <t>www.steelconstruction.com.ua</t>
+          <t>ccmedicus.com.ua</t>
         </is>
       </c>
       <c r="S36" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Мєлєнцов Микола Олексійович</t>
+          <t>Автономова Марина Володимирівна</t>
         </is>
       </c>
       <c r="U36" s="8" t="n">
-        <v>43741</v>
+        <v>44727</v>
       </c>
       <c r="V36" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбово-курсовий комбінат"</t>
+          <t>Товариство з обмеженою відповідальністю "Стальконструкція ЛТД"</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>3749</v>
+        <v>4134</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УКК"</t>
+          <t>ТОВ "Стальконструкція ЛТД"</t>
         </is>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
       <c r="G37" s="6" t="n">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J37" s="5"/>
       <c r="K37" s="7" t="inlineStr">
         <is>
-          <t>61033</t>
+          <t>61106</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010216514</t>
+          <t>UA63120270010158723</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 233 "б"</t>
+          <t>вул. Плиткова, 12</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>704-09-30</t>
-[...3 lines deleted...]
-      <c r="R37" s="5"/>
+          <t>+380(57)-294-67-60</t>
+        </is>
+      </c>
+      <c r="Q37" s="5" t="inlineStr">
+        <is>
+          <t>info@steelconstruction.com.ua</t>
+        </is>
+      </c>
+      <c r="R37" s="5" t="inlineStr">
+        <is>
+          <t>www.steelconstruction.com.ua</t>
+        </is>
+      </c>
       <c r="S37" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Слета Денис Валерійович</t>
+          <t>Мєлєнцов Микола Олексійович</t>
         </is>
       </c>
       <c r="U37" s="8" t="n">
-        <v>44455</v>
+        <v>43741</v>
       </c>
       <c r="V37" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Флорис"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбово-курсовий комбінат"</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>2887</v>
+        <v>3749</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ТОВ "УКК"</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J38" s="5"/>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>61003</t>
+          <t>61033</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010096107</t>
+          <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. Королека, 6</t>
+          <t>вул. Шевченка, 233 "б"</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>057 731 21 90</t>
-[...6 lines deleted...]
-      </c>
+          <t>704-09-30</t>
+        </is>
+      </c>
+      <c r="Q38" s="5"/>
       <c r="R38" s="5"/>
       <c r="S38" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T38" s="5"/>
+          <t>Генеральний директор</t>
+        </is>
+      </c>
+      <c r="T38" s="5" t="inlineStr">
+        <is>
+          <t>Слета Денис Валерійович</t>
+        </is>
+      </c>
       <c r="U38" s="8" t="n">
-        <v>43971</v>
+        <v>44455</v>
       </c>
       <c r="V38" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ХАРКІВСЬКА ВАРТА"</t>
+          <t>Товариство з обмеженою відповідальністю "Флорис"</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>5725</v>
+        <v>2887</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ХАРКІВСЬКА ВАРТА"</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E39" s="5"/>
       <c r="F39" s="7"/>
-      <c r="G39" s="6"/>
+      <c r="G39" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J39" s="5"/>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>61068</t>
+          <t>61003</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>вул. Сабурівська набережна, 5</t>
+          <t>вул. Королека, 6</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>+380(67)-570-21-91</t>
+          <t>057 731 21 90</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
-          <t>varta.kharkov@gmail.com</t>
+          <t>florisschool01@gmail.com</t>
         </is>
       </c>
       <c r="R39" s="5"/>
       <c r="S39" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...8 lines deleted...]
-      <c r="V39" s="5"/>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T39" s="5"/>
+      <c r="U39" s="8" t="n">
+        <v>43971</v>
+      </c>
+      <c r="V39" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальності "Центр охорони праці "Новатор сервіс"</t>
+          <t>Товариство з обмеженою відповідальністю "ХАРКІВСЬКА ВАРТА"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>4252</v>
+        <v>5725</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ЦОП "Новатор сервіс"</t>
+          <t>ТОВ "ХАРКІВСЬКА ВАРТА"</t>
         </is>
       </c>
       <c r="E40" s="5"/>
       <c r="F40" s="7"/>
-      <c r="G40" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G40" s="6"/>
       <c r="H40" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J40" s="5"/>
       <c r="K40" s="7" t="inlineStr">
         <is>
           <t>61068</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>просп. Героїв Харкова, 118</t>
+          <t>вул. Сабурівська набережна, 5</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>+057(71)-437-11</t>
-[...2 lines deleted...]
-      <c r="Q40" s="5"/>
+          <t>+380(67)-570-21-91</t>
+        </is>
+      </c>
+      <c r="Q40" s="5" t="inlineStr">
+        <is>
+          <t>varta.kharkov@gmail.com</t>
+        </is>
+      </c>
       <c r="R40" s="5"/>
       <c r="S40" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Ілляшенко Марія Анатоліївна</t>
+          <t>Лисяк Олег Леонідович</t>
         </is>
       </c>
       <c r="U40" s="8"/>
       <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>ХАРКІВСЬКА МІСЬКА ФІЛІЯ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ГАЗОРОЗПОДІЛЬНІ МЕРЕЖІ УКРАЇНИ"</t>
+          <t>Товариство з обмеженою відповідальності "Центр охорони праці "Новатор сервіс"</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>6912</v>
-[...3 lines deleted...]
-      </c>
+        <v>4252</v>
+      </c>
+      <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ТОВ "ЦОП "Новатор сервіс"</t>
         </is>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="7"/>
       <c r="G41" s="6" t="n">
-        <v>2023</v>
+        <v>2008</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J41" s="5"/>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>61004</t>
+          <t>61068</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>вул. Москалівська, 57/59</t>
+          <t>просп. Героїв Харкова, 118</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>(057)763-07-10</t>
-[...6 lines deleted...]
-      </c>
+          <t>+057(71)-437-11</t>
+        </is>
+      </c>
+      <c r="Q41" s="5"/>
       <c r="R41" s="5"/>
       <c r="S41" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Яворовський Антон Олександрович</t>
+          <t>Ілляшенко Марія Анатоліївна</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>Харківська обласна організація Товариства "Знання" України</t>
+          <t>ХАРКІВСЬКА МІСЬКА ФІЛІЯ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ГАЗОРОЗПОДІЛЬНІ МЕРЕЖІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>7351</v>
-[...1 lines deleted...]
-      <c r="C42" s="6"/>
+        <v>6912</v>
+      </c>
+      <c r="C42" s="6" t="n">
+        <v>6833</v>
+      </c>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>ХООТ "Знання" України</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E42" s="5"/>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
-        <v>1993</v>
+        <v>2023</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
-          <t>Корпоративна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J42" s="5"/>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>61002</t>
+          <t>61004</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Костомарівська, 16</t>
+          <t>вул. Москалівська, 57/59</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>(067)578-34-39</t>
+          <t>(057)763-07-10</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>t.popelnukh55@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>office.khm@grmu.com.ua</t>
+        </is>
+      </c>
+      <c r="R42" s="5"/>
       <c r="S42" s="5" t="inlineStr">
         <is>
-          <t>Голова Правління</t>
+          <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Попельнух Таїса Олексіївна</t>
+          <t>Яворовський Антон Олександрович</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Харківська філія товариства з обмеженою відповід­альністю «ГАЗОРОЗПО­ДІЛЬНІ МЕРЕЖІ УКРАЇНИ»</t>
+          <t>Харківська обласна організація Товариства "Знання" України</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>6920</v>
-[...3 lines deleted...]
-      </c>
+        <v>7351</v>
+      </c>
+      <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ХООТ "Знання" України</t>
         </is>
       </c>
       <c r="E43" s="5"/>
       <c r="F43" s="7"/>
-      <c r="G43" s="6"/>
+      <c r="G43" s="6" t="n">
+        <v>1993</v>
+      </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Корпоративна</t>
         </is>
       </c>
       <c r="J43" s="5"/>
       <c r="K43" s="7" t="inlineStr">
         <is>
-          <t>61109</t>
+          <t>61002</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Безлюдівська, 1</t>
+          <t>вул. Костомарівська, 16</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>(057)341-44-53</t>
+          <t>(067)578-34-39</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
-          <t>office@grmu.com.ua</t>
-[...2 lines deleted...]
-      <c r="R43" s="5"/>
+          <t>t.popelnukh55@gmail.com</t>
+        </is>
+      </c>
+      <c r="R43" s="5" t="inlineStr">
+        <is>
+          <t>znanie-courses.com.ua</t>
+        </is>
+      </c>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>в.о. директора</t>
+          <t>Голова Правління</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Безпалов Дмитро Вячеславович</t>
+          <t>Попельнух Таїса Олексіївна</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Харківський навчальний центр №43</t>
+          <t>Харківська філія товариства з обмеженою відповід­альністю «ГАЗОРОЗПО­ДІЛЬНІ МЕРЕЖІ УКРАЇНИ»</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>5630</v>
-[...1 lines deleted...]
-      <c r="C44" s="6"/>
+        <v>6920</v>
+      </c>
+      <c r="C44" s="6" t="n">
+        <v>6833</v>
+      </c>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>ХНЦ № 43</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E44" s="5"/>
       <c r="F44" s="7"/>
-      <c r="G44" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G44" s="6"/>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J44" s="5"/>
       <c r="K44" s="7" t="inlineStr">
         <is>
-          <t>61089</t>
+          <t>61109</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>вул. Таджицька, 17</t>
+          <t>вул. Безлюдівська, 1</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>+380(50)-637-53-04</t>
+          <t>(057)341-44-53</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>hnc-43@ukr.net</t>
+          <t>office@grmu.com.ua</t>
         </is>
       </c>
       <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>в.о. директора</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Єрьоменко Ігор Миколайович</t>
+          <t>Безпалов Дмитро Вячеславович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Харківський професійний ліцей залізничного транспорту</t>
+          <t>Харківський навчальний центр №43</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>1958</v>
+        <v>5630</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>ХПЛЗТ</t>
+          <t>ХНЦ № 43</t>
         </is>
       </c>
       <c r="E45" s="5"/>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>1871</v>
+        <v>2004</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J45" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K45" s="7" t="inlineStr">
         <is>
-          <t>61052</t>
+          <t>61089</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010877312</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Сіриківська, 41</t>
+          <t>вул. Таджицька, 17</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>+38(057)-712-55-67</t>
+          <t>+380(50)-637-53-04</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
-          <t>xplzt@city.kharkiv.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>hnc-43@ukr.net</t>
+        </is>
+      </c>
+      <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Сінюков Вячеслав Вадимович</t>
+          <t>Єрьоменко Ігор Миколайович</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>Холодногірський навчальний центр №18</t>
+          <t>Харківський професійний ліцей залізничного транспорту</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>5663</v>
+        <v>1958</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>ХНЦ № 18</t>
+          <t>ХПЛЗТ</t>
         </is>
       </c>
       <c r="E46" s="5"/>
       <c r="F46" s="7"/>
       <c r="G46" s="6" t="n">
-        <v>2004</v>
+        <v>1871</v>
       </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J46" s="5" t="inlineStr">
         <is>
-          <t>Департамент України з питань виконання покарань</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K46" s="7" t="inlineStr">
         <is>
           <t>61052</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010096107</t>
+          <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Рубанівська, 4</t>
+          <t>вул. Сіриківська, 41</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>+380(68)-991-89-32</t>
+          <t>+38(057)-712-55-67</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>holnc18@gmail.com</t>
+          <t>xplzt@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="R46" s="5" t="inlineStr">
         <is>
-          <t>https://holnavcen18.wixsite.com</t>
+          <t>https://xplzt.jimdo.com</t>
         </is>
       </c>
       <c r="S46" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Пушкарьов Андрій Віталійович</t>
+          <t>Сінюков Вячеслав Вадимович</t>
         </is>
       </c>
       <c r="U46" s="8"/>
       <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Центр професійно-технічної освіти №1 м. Харкова</t>
+          <t>Холодногірський навчальний центр №18</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>1994</v>
+        <v>5663</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>ЦПТО №1 м. Харкова</t>
+          <t>ХНЦ № 18</t>
         </is>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="7"/>
       <c r="G47" s="6" t="n">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J47" s="5" t="inlineStr">
         <is>
-          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+          <t>Департамент України з питань виконання покарань</t>
         </is>
       </c>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>61138</t>
+          <t>61052</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA63120270010158723</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>бульв. Івана Каркача, 20</t>
+          <t>вул. Рубанівська, 4</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>+38099-949-81-23</t>
+          <t>+380(68)-991-89-32</t>
         </is>
       </c>
       <c r="Q47" s="5" t="inlineStr">
         <is>
-          <t>cpto1kharkiv@ukr.net</t>
+          <t>holnc18@gmail.com</t>
         </is>
       </c>
       <c r="R47" s="5" t="inlineStr">
         <is>
-          <t>http://cpto1.ptu.org.ua</t>
+          <t>https://holnavcen18.wixsite.com</t>
         </is>
       </c>
       <c r="S47" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Воробйов Володимир Миколайович</t>
+          <t>Пушкарьов Андрій Віталійович</t>
         </is>
       </c>
       <c r="U47" s="8"/>
       <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Куп'янський регіональний центр професійної освіти"</t>
+          <t>Центр професійно-технічної освіти №1 м. Харкова</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>2067</v>
+        <v>1994</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "КУП'ЯНСЬКИЙ РЦПО"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ЦПТО №1 м. Харкова</t>
+        </is>
+      </c>
+      <c r="E48" s="5"/>
       <c r="F48" s="7"/>
       <c r="G48" s="6" t="n">
-        <v>1966</v>
+        <v>1997</v>
       </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J48" s="5" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>63734</t>
+          <t>61138</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA63080090020061282</t>
+          <t>UA63120270010158723</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
-          <t>с-ще Ківшарівка</t>
+          <t>м. Харків</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. -, 2А</t>
+          <t>бульв. Івана Каркача, 20</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>(05742) 6 44 92; 6 33 09</t>
+          <t>+38099-949-81-23</t>
         </is>
       </c>
       <c r="Q48" s="5" t="inlineStr">
         <is>
-          <t>dnzkrcpo@ukr.net</t>
+          <t>cpto1kharkiv@ukr.net</t>
         </is>
       </c>
       <c r="R48" s="5" t="inlineStr">
         <is>
-          <t>http://dnzkrcpo.org.ua</t>
+          <t>http://cpto1.ptu.org.ua</t>
         </is>
       </c>
       <c r="S48" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Кравцов Валерій Анатолійович</t>
+          <t>Воробйов Володимир Миколайович</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "КУП`ЯНСЬКИЙ УЧБОВО-СПОРТИВНИЙ ЦЕНТР ХАРКІВСЬКОЇ ОБЛАСТІ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
+          <t>Державний навчальний заклад "Куп'янський регіональний центр професійної освіти"</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>4088</v>
+        <v>2067</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "КУП'ЯНСЬКИЙ УСЦ ХО ТСОУ"</t>
-[...2 lines deleted...]
-      <c r="E49" s="5"/>
+          <t>ДНЗ "КУП'ЯНСЬКИЙ РЦПО"</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>State educational establishment «Kupyanskyi regional center of professional education»</t>
+        </is>
+      </c>
       <c r="F49" s="7"/>
       <c r="G49" s="6" t="n">
-        <v>1994</v>
+        <v>1966</v>
       </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J49" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>63701</t>
+          <t>63734</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA63080090010026457</t>
+          <t>UA63080090020061282</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
-          <t>м. Куп’янськ</t>
+          <t>с-ще Ківшарівка</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>вул. СТУДЕНТСЬКА, 16</t>
+          <t>вул. -, 2А</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>+380(99)-498-87-48</t>
+          <t>(05742) 6 44 92; 6 33 09</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
-          <t>avtoshkolakuptsou@gmail.com</t>
+          <t>dnzkrcpo@ukr.net</t>
         </is>
       </c>
       <c r="R49" s="5" t="inlineStr">
         <is>
-          <t>https://www.auto-tsou.com/avtoshkola/kupiansk</t>
+          <t>http://dnzkrcpo.org.ua</t>
         </is>
       </c>
       <c r="S49" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Пономаренко Анжела Миколаївна</t>
+          <t>Кравцов Валерій Анатолійович</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Лозівський центр професійної освіти Харківської області</t>
+          <t>ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "КУП`ЯНСЬКИЙ УЧБОВО-СПОРТИВНИЙ ЦЕНТР ХАРКІВСЬКОЇ ОБЛАСТІ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>1977</v>
+        <v>4088</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>Лозівський ЦПО Харківської області</t>
+          <t>ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ОБ'ЄДНАННЯ ГРОМАДЯН "КУП'ЯНСЬКИЙ УСЦ ХО ТСОУ"</t>
         </is>
       </c>
       <c r="E50" s="5"/>
       <c r="F50" s="7"/>
       <c r="G50" s="6" t="n">
-        <v>1956</v>
+        <v>1994</v>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J50" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>64600</t>
+          <t>63701</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
-          <t>UA63100050010081626</t>
+          <t>UA63080090010026457</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
-          <t>м. Лозова</t>
+          <t>м. Куп’янськ</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Свободи, 4а</t>
+          <t>вул. СТУДЕНТСЬКА, 16</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>057 452 57 90</t>
+          <t>+380(99)-498-87-48</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
-          <t>pr.lozova@ptukh.org.ua</t>
+          <t>avtoshkolakuptsou@gmail.com</t>
         </is>
       </c>
       <c r="R50" s="5" t="inlineStr">
         <is>
-          <t>https://loz-licey.in.ua</t>
+          <t>https://www.auto-tsou.com/avtoshkola/kupiansk</t>
         </is>
       </c>
       <c r="S50" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Гонтаренко Ірина Миколаївна</t>
+          <t>Пономаренко Анжела Миколаївна</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>ЗАКЛАД ПРОФЕСІЙНОЇ (ПРОФЕСІЙНО-ТЕХНІЧНОЇ) ОСВІТИ "РЕГІОНАЛЬНИЙ ЦЕНТР ПРОФЕСІЙНОЇ ОСВІТИ ЗАЛІЗНИЧНОГО ТРАНСПОРТУ ТА АГРОТЕХНІЧНОГО СЕРВІСУ"</t>
+          <t>Лозівський центр професійної освіти Харківської області</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>2008</v>
+        <v>1977</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>ЗП (ПТ)О "РЦПОЗТАС"</t>
+          <t>Лозівський ЦПО Харківської області</t>
         </is>
       </c>
       <c r="E51" s="5"/>
       <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
-        <v>1984</v>
+        <v>1956</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
-          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>62433</t>
+          <t>64600</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
-          <t>UA63120110010087291</t>
+          <t>UA63100050010081626</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
-          <t>м. Люботин</t>
+          <t>м. Лозова</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 130</t>
+          <t>вул. Свободи, 4а</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>+380(57)724-84-27</t>
+          <t>057 452 57 90</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>rc02548133@gmail.com</t>
+          <t>pr.lozova@ptukh.org.ua</t>
         </is>
       </c>
       <c r="R51" s="5" t="inlineStr">
         <is>
-          <t>https://rcpoztac.org.ua</t>
+          <t>https://loz-licey.in.ua</t>
         </is>
       </c>
       <c r="S51" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Агєєва Ольга Олександрівна</t>
+          <t>Гонтаренко Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Люботинський міжшкільний ресурсний центр Люботинської міської ради Харківської області"</t>
+          <t>ЗАКЛАД ПРОФЕСІЙНОЇ (ПРОФЕСІЙНО-ТЕХНІЧНОЇ) ОСВІТИ "РЕГІОНАЛЬНИЙ ЦЕНТР ПРОФЕСІЙНОЇ ОСВІТИ ЗАЛІЗНИЧНОГО ТРАНСПОРТУ ТА АГРОТЕХНІЧНОГО СЕРВІСУ"</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>4221</v>
+        <v>2008</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>КЗ "Люботинський МРЦ"</t>
+          <t>ЗП (ПТ)О "РЦПОЗТАС"</t>
         </is>
       </c>
       <c r="E52" s="5"/>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>1995</v>
+        <v>1984</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J52" s="5" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K52" s="7" t="inlineStr">
         <is>
           <t>62433</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
           <t>UA63120110010087291</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
           <t>м. Люботин</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченко, 132</t>
+          <t>вул. Шевченка, 130</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-741-24-58</t>
+          <t>+380(57)724-84-27</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>upk.lubotin@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R52" s="5"/>
+          <t>rc02548133@gmail.com</t>
+        </is>
+      </c>
+      <c r="R52" s="5" t="inlineStr">
+        <is>
+          <t>https://rcpoztac.org.ua</t>
+        </is>
+      </c>
       <c r="S52" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Тижненко Наталія Едуардівна</t>
+          <t>Агєєва Ольга Олександрівна</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Златопільський міжшкільний ресурсний центр Златопільської міської ради Харківської області"</t>
+          <t>Комунальний заклад "Люботинський міжшкільний ресурсний центр Люботинської міської ради Харківської області"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>4073</v>
+        <v>4221</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КЗ "Люботинський МРЦ"</t>
         </is>
       </c>
       <c r="E53" s="5"/>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>1976</v>
+        <v>1995</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J53" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K53" s="7" t="inlineStr">
         <is>
-          <t>64107</t>
+          <t>62433</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
-          <t>UA63100090010068250</t>
+          <t>UA63120110010087291</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
-          <t>м. Златопіль</t>
+          <t>м. Люботин</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Спортивна, 34</t>
+          <t>вул. Шевченко, 132</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-483-30-21</t>
+          <t>+380(57)-741-24-58</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
-          <t>perv.mnvk@ukr.net</t>
+          <t>upk.lubotin@gmail.com</t>
         </is>
       </c>
       <c r="R53" s="5"/>
       <c r="S53" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Бігун Євгеній Олександрович</t>
+          <t>Тижненко Наталія Едуардівна</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти "Чугуївський регіональний центр професійної освіти Харківської області"</t>
+          <t>Комунальний заклад "Златопільський міжшкільний ресурсний центр Златопільської міської ради Харківської області"</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>1899</v>
+        <v>4073</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>Чугуївський РЦПО Харківської області</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E54" s="5"/>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>1972</v>
+        <v>1976</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J54" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>63503</t>
+          <t>64107</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
-          <t>UA63140170010036104</t>
+          <t>UA63100090010068250</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
-          <t>м. Чугуїв</t>
+          <t>м. Златопіль</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. Героїв Чорнобильців, 56</t>
+          <t>вул. Спортивна, 34</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>+38(057)-462-26-83</t>
+          <t>+380(57)-483-30-21</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>pr.chuguyiv@ptukh.org.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>perv.mnvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R54" s="5"/>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Грушка Віталій Олександрович</t>
+          <t>Бігун Євгеній Олександрович</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Чугуївський учбово-спортивний центр Товариства сприяння обороні України</t>
+          <t>Заклад професійної (професійно-технічної) освіти "Чугуївський регіональний центр професійної освіти Харківської області"</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>4065</v>
+        <v>1899</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Чугуївський РЦПО Харківської області</t>
         </is>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="7"/>
       <c r="G55" s="6" t="n">
-        <v>1993</v>
+        <v>1972</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J55" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J55" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
           <t>63503</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
           <t>UA63140170010036104</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
           <t>м. Чугуїв</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. Перемоги, 1</t>
+          <t>вул. Героїв Чорнобильців, 56</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>+095(92)-777-34</t>
+          <t>+38(057)-462-26-83</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>chuguev.use@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R55" s="5"/>
+          <t>pr.chuguyiv@ptukh.org.ua</t>
+        </is>
+      </c>
+      <c r="R55" s="5" t="inlineStr">
+        <is>
+          <t>https://chrcpo.com.ua/</t>
+        </is>
+      </c>
       <c r="S55" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Дєгтярьов В'ячеслав Валентинович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Грушка Віталій Олександрович</t>
+        </is>
+      </c>
+      <c r="U55" s="8"/>
+      <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Балаклійський міжшкільний ресурсний центр Балаклійської міської ради Харківської області</t>
+          <t>Чугуївський учбово-спортивний центр Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>4049</v>
+        <v>4065</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>Балаклійський МРЦ</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E56" s="5"/>
       <c r="F56" s="7"/>
       <c r="G56" s="6" t="n">
-        <v>1994</v>
+        <v>1993</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J56" s="5"/>
       <c r="K56" s="7" t="inlineStr">
         <is>
-          <t>64200</t>
+          <t>63503</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
-          <t>UA63040010010039074</t>
+          <t>UA63140170010036104</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
-          <t>м. Балаклія</t>
+          <t>м. Чугуїв</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Соборна, 95</t>
+          <t>вул. Перемоги, 1</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-495-38-25</t>
+          <t>+095(92)-777-34</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>mnvk.bal@ukr.net</t>
+          <t>chuguev.use@gmail.com</t>
         </is>
       </c>
       <c r="R56" s="5"/>
       <c r="S56" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Білодід Олександр Вікторович</t>
-[...3 lines deleted...]
-      <c r="V56" s="5"/>
+          <t>Дєгтярьов В'ячеслав Валентинович</t>
+        </is>
+      </c>
+      <c r="U56" s="8" t="n">
+        <v>43508</v>
+      </c>
+      <c r="V56" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти "Богодухівський регіональний центр професійної освіти Харківської області"</t>
+          <t>Балаклійський міжшкільний ресурсний центр Балаклійської міської ради Харківської області</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
-        <v>1927</v>
+        <v>4049</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>ЗП(ПТ)О "Богодухівський РЦПО ХО"</t>
+          <t>Балаклійський МРЦ</t>
         </is>
       </c>
       <c r="E57" s="5"/>
       <c r="F57" s="7"/>
       <c r="G57" s="6" t="n">
-        <v>1911</v>
+        <v>1994</v>
       </c>
       <c r="H57" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J57" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K57" s="7" t="inlineStr">
         <is>
-          <t>62103</t>
+          <t>64200</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
-          <t>UA63020010010049442</t>
+          <t>UA63040010010039074</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
-          <t>м. Богодухів</t>
+          <t>м. Балаклія</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>вул. Космічна, 1</t>
+          <t>вул. Соборна, 95</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>(05758) 3 31 60, 3 33 84</t>
+          <t>+380(57)-495-38-25</t>
         </is>
       </c>
       <c r="Q57" s="5" t="inlineStr">
         <is>
-          <t>Bpal@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>mnvk.bal@ukr.net</t>
+        </is>
+      </c>
+      <c r="R57" s="5"/>
       <c r="S57" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T57" s="5" t="inlineStr">
         <is>
-          <t>Ярошенко Володимир Якович</t>
+          <t>Білодід Олександр Вікторович</t>
         </is>
       </c>
       <c r="U57" s="8"/>
       <c r="V57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Богодухівський спеціальний навчально-виховний комплекс" Харківської обласної ради</t>
+          <t>Заклад професійної (професійно-технічної) освіти "Богодухівський регіональний центр професійної освіти Харківської області"</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
-        <v>2867</v>
+        <v>1927</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
-          <t>КЗ Богодухівський СНВК</t>
-[...6 lines deleted...]
-      </c>
+          <t>ЗП(ПТ)О "Богодухівський РЦПО ХО"</t>
+        </is>
+      </c>
+      <c r="E58" s="5"/>
       <c r="F58" s="7"/>
       <c r="G58" s="6" t="n">
-        <v>2000</v>
+        <v>1911</v>
       </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J58" s="5" t="inlineStr">
         <is>
-          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K58" s="7" t="inlineStr">
         <is>
           <t>62103</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
           <t>UA63020010010049442</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
           <t>м. Богодухів</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Поповича, 2</t>
+          <t>вул. Космічна, 1</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>0575833153, 0575830126</t>
+          <t>(05758) 3 31 60, 3 33 84</t>
         </is>
       </c>
       <c r="Q58" s="5" t="inlineStr">
         <is>
-          <t>pr.bogod@internatkh.org.ua</t>
+          <t>Bpal@ukr.net</t>
         </is>
       </c>
       <c r="R58" s="5" t="inlineStr">
         <is>
-          <t>http://onvk.kh.ua/</t>
+          <t>https://agrolicej.org.ua/</t>
         </is>
       </c>
       <c r="S58" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
-          <t>Хованова Олена Анатоліївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Ярошенко Володимир Якович</t>
+        </is>
+      </c>
+      <c r="U58" s="8"/>
+      <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД "ВАСИЩІВСЬКИЙ МІЖШКІЛЬНИЙ РЕСУРСНИЙ ЦЕНТР" БЕЗЛЮДІВСЬКОЇ СЕЛИЩНОЇ РАДИ</t>
+          <t>Комунальний заклад "Богодухівський спеціальний навчально-виховний комплекс" Харківської обласної ради</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
-        <v>4148</v>
+        <v>2867</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>КЗ "ВАСИЩІВСЬКИЙ МРЦ"</t>
-[...2 lines deleted...]
-      <c r="E59" s="5"/>
+          <t>КЗ Богодухівський СНВК</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>Municipal institution "Bogodukhov special educational complex" of Kharkiv regional Council</t>
+        </is>
+      </c>
       <c r="F59" s="7"/>
       <c r="G59" s="6" t="n">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J59" s="5" t="inlineStr">
         <is>
-          <t>Селищна рада</t>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K59" s="7" t="inlineStr">
         <is>
-          <t>62495</t>
+          <t>62103</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
-          <t>UA63120010020068237</t>
+          <t>UA63020010010049442</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
-          <t>с-ще Васищеве</t>
+          <t>м. Богодухів</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
-          <t>вул. Орешкова, 64</t>
+          <t>вул. Поповича, 2</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>+38(057)-749-16-47;</t>
-[...3 lines deleted...]
-      <c r="R59" s="5"/>
+          <t>0575833153, 0575830126</t>
+        </is>
+      </c>
+      <c r="Q59" s="5" t="inlineStr">
+        <is>
+          <t>pr.bogod@internatkh.org.ua</t>
+        </is>
+      </c>
+      <c r="R59" s="5" t="inlineStr">
+        <is>
+          <t>http://onvk.kh.ua/</t>
+        </is>
+      </c>
       <c r="S59" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
-          <t>Шептура Віктор Миколайович</t>
-[...3 lines deleted...]
-      <c r="V59" s="5"/>
+          <t>Хованова Олена Анатоліївна</t>
+        </is>
+      </c>
+      <c r="U59" s="8" t="n">
+        <v>44455</v>
+      </c>
+      <c r="V59" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>Вовчанський спортивно-технічний клуб товариства сприяння обороні України</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД "ВАСИЩІВСЬКИЙ МІЖШКІЛЬНИЙ РЕСУРСНИЙ ЦЕНТР" БЕЗЛЮДІВСЬКОЇ СЕЛИЩНОЇ РАДИ</t>
         </is>
       </c>
       <c r="B60" s="6" t="n">
-        <v>4085</v>
+        <v>4148</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КЗ "ВАСИЩІВСЬКИЙ МРЦ"</t>
         </is>
       </c>
       <c r="E60" s="5"/>
       <c r="F60" s="7"/>
       <c r="G60" s="6" t="n">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="H60" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I60" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J60" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Селищна рада</t>
         </is>
       </c>
       <c r="K60" s="7" t="inlineStr">
         <is>
-          <t>62503</t>
+          <t>62495</t>
         </is>
       </c>
       <c r="L60" s="7" t="inlineStr">
         <is>
-          <t>UA63140010010035757</t>
+          <t>UA63120010020068237</t>
         </is>
       </c>
       <c r="M60" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N60" s="5" t="inlineStr">
         <is>
-          <t>м. Вовчанськ</t>
+          <t>с-ще Васищеве</t>
         </is>
       </c>
       <c r="O60" s="5" t="inlineStr">
         <is>
-          <t>вул. Новоселівська, 25</t>
-[...2 lines deleted...]
-      <c r="P60" s="5"/>
+          <t>вул. Орешкова, 64</t>
+        </is>
+      </c>
+      <c r="P60" s="5" t="inlineStr">
+        <is>
+          <t>+38(057)-749-16-47;</t>
+        </is>
+      </c>
       <c r="Q60" s="5"/>
       <c r="R60" s="5"/>
       <c r="S60" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T60" s="5" t="inlineStr">
         <is>
-          <t>Глущенко Геннадій Олександрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Шептура Віктор Миколайович</t>
+        </is>
+      </c>
+      <c r="U60" s="8"/>
+      <c r="V60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>Харківський центр професійно-технічної освіти державної служби зайнятості</t>
+          <t>Вовчанський спортивно-технічний клуб товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B61" s="6" t="n">
-        <v>3032</v>
+        <v>4085</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
-          <t>Харківський центр ПТО ДСЗ</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E61" s="5"/>
       <c r="F61" s="7"/>
       <c r="G61" s="6" t="n">
-        <v>2008</v>
+        <v>1999</v>
       </c>
       <c r="H61" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I61" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J61" s="5" t="inlineStr">
         <is>
-          <t>Державна служба якості освіти України</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K61" s="7" t="inlineStr">
         <is>
-          <t>62303</t>
+          <t>62503</t>
         </is>
       </c>
       <c r="L61" s="7" t="inlineStr">
         <is>
-          <t>UA63120070010085847</t>
+          <t>UA63140010010035757</t>
         </is>
       </c>
       <c r="M61" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N61" s="5" t="inlineStr">
         <is>
-          <t>м. Дергачі</t>
+          <t>м. Вовчанськ</t>
         </is>
       </c>
       <c r="O61" s="5" t="inlineStr">
         <is>
-          <t>вул. Наукова, 1</t>
-[...16 lines deleted...]
-      </c>
+          <t>вул. Новоселівська, 25</t>
+        </is>
+      </c>
+      <c r="P61" s="5"/>
+      <c r="Q61" s="5"/>
+      <c r="R61" s="5"/>
       <c r="S61" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T61" s="5" t="inlineStr">
         <is>
-          <t>Котуков Олександр Анатолійович</t>
-[...3 lines deleted...]
-      <c r="V61" s="5"/>
+          <t>Глущенко Геннадій Олександрович</t>
+        </is>
+      </c>
+      <c r="U61" s="8" t="n">
+        <v>45793</v>
+      </c>
+      <c r="V61" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>Філія газопромислове управління "Шебелинкагазвидобування" акціонерного товариства "Укргазвидобування"</t>
+          <t>Харківський центр професійно-технічної освіти державної служби зайнятості</t>
         </is>
       </c>
       <c r="B62" s="6" t="n">
-        <v>4323</v>
-[...3 lines deleted...]
-      </c>
+        <v>3032</v>
+      </c>
+      <c r="C62" s="6"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Харківський центр ПТО ДСЗ</t>
         </is>
       </c>
       <c r="E62" s="5"/>
       <c r="F62" s="7"/>
       <c r="G62" s="6" t="n">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="H62" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I62" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J62" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J62" s="5" t="inlineStr">
+        <is>
+          <t>Державна служба якості освіти України</t>
+        </is>
+      </c>
       <c r="K62" s="7" t="inlineStr">
         <is>
-          <t>64250</t>
+          <t>62303</t>
         </is>
       </c>
       <c r="L62" s="7" t="inlineStr">
         <is>
-          <t>UA63040070010054195</t>
+          <t>UA63120070010085847</t>
         </is>
       </c>
       <c r="M62" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N62" s="5" t="inlineStr">
         <is>
-          <t>с-ще Донець</t>
+          <t>м. Дергачі</t>
         </is>
       </c>
       <c r="O62" s="5" t="inlineStr">
         <is>
-          <t>вул. Стадіонна, 9</t>
+          <t>вул. Наукова, 1</t>
         </is>
       </c>
       <c r="P62" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-499-39-66</t>
+          <t>057-765-30-79</t>
         </is>
       </c>
       <c r="Q62" s="5" t="inlineStr">
         <is>
-          <t>office.shgv@ugv.com.ua</t>
+          <t>khcpto@ukr.net</t>
         </is>
       </c>
       <c r="R62" s="5" t="inlineStr">
         <is>
-          <t>www.ugv.com.ua</t>
+          <t>http://www.osvita.khcz.gov.ua</t>
         </is>
       </c>
       <c r="S62" s="5" t="inlineStr">
         <is>
-          <t>Директор філії Газопромислове управління "Шебелинкагазвидобування" Акціонерного товариства "Укргазвидобування"</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T62" s="5" t="inlineStr">
         <is>
-          <t>Підлісний Віталій Анатолійович</t>
+          <t>Котуков Олександр Анатолійович</t>
         </is>
       </c>
       <c r="U62" s="8"/>
       <c r="V62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>Красноградський міжшкільний навчально-виробничий комбінат Красноградської районної державної адміністрації Харківської області</t>
+          <t>Філія газопромислове управління "Шебелинкагазвидобування" акціонерного товариства "Укргазвидобування"</t>
         </is>
       </c>
       <c r="B63" s="6" t="n">
-        <v>2972</v>
-[...1 lines deleted...]
-      <c r="C63" s="6"/>
+        <v>4323</v>
+      </c>
+      <c r="C63" s="6" t="n">
+        <v>4314</v>
+      </c>
       <c r="D63" s="5" t="inlineStr">
         <is>
-          <t>Красноградський МНВК</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E63" s="5"/>
       <c r="F63" s="7"/>
       <c r="G63" s="6" t="n">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="H63" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I63" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J63" s="5"/>
       <c r="K63" s="7" t="inlineStr">
         <is>
-          <t>63304</t>
+          <t>64250</t>
         </is>
       </c>
       <c r="L63" s="7" t="inlineStr">
         <is>
-          <t>UA63060050010042407</t>
+          <t>UA63040070010054195</t>
         </is>
       </c>
       <c r="M63" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N63" s="5" t="inlineStr">
         <is>
-          <t>м. Берестин</t>
+          <t>с-ще Донець</t>
         </is>
       </c>
       <c r="O63" s="5" t="inlineStr">
         <is>
-          <t>вул. 19 вересня, 119 А</t>
+          <t>вул. Стадіонна, 9</t>
         </is>
       </c>
       <c r="P63" s="5" t="inlineStr">
         <is>
-          <t>0574471812</t>
+          <t>+380(57)-499-39-66</t>
         </is>
       </c>
       <c r="Q63" s="5" t="inlineStr">
         <is>
-          <t>kr-mnvk@ukr.net</t>
+          <t>office.shgv@ugv.com.ua</t>
         </is>
       </c>
       <c r="R63" s="5" t="inlineStr">
         <is>
-          <t>http://mnvk-krasnograd.at.ua/</t>
+          <t>www.ugv.com.ua</t>
         </is>
       </c>
       <c r="S63" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор філії Газопромислове управління "Шебелинкагазвидобування" Акціонерного товариства "Укргазвидобування"</t>
         </is>
       </c>
       <c r="T63" s="5" t="inlineStr">
         <is>
-          <t>Ляховський Олександр Юрійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Підлісний Віталій Анатолійович</t>
+        </is>
+      </c>
+      <c r="U63" s="8"/>
+      <c r="V63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>Красноградський учбово-спортивний центр товариства сприяння обороні України</t>
+          <t>Красноградський міжшкільний навчально-виробничий комбінат Красноградської районної державної адміністрації Харківської області</t>
         </is>
       </c>
       <c r="B64" s="6" t="n">
-        <v>4190</v>
+        <v>2972</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
-          <t>Красноградський УСЦ ТСОУ</t>
+          <t>Красноградський МНВК</t>
         </is>
       </c>
       <c r="E64" s="5"/>
       <c r="F64" s="7"/>
       <c r="G64" s="6" t="n">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="H64" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I64" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J64" s="5" t="inlineStr">
         <is>
-          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+          <t>Районна рада</t>
         </is>
       </c>
       <c r="K64" s="7" t="inlineStr">
         <is>
           <t>63304</t>
         </is>
       </c>
       <c r="L64" s="7" t="inlineStr">
         <is>
           <t>UA63060050010042407</t>
         </is>
       </c>
       <c r="M64" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N64" s="5" t="inlineStr">
         <is>
           <t>м. Берестин</t>
         </is>
       </c>
       <c r="O64" s="5" t="inlineStr">
         <is>
-          <t>вул. Шиндлера, 90</t>
+          <t>вул. 19 вересня, 119 А</t>
         </is>
       </c>
       <c r="P64" s="5" t="inlineStr">
         <is>
-          <t>+057(44)-716-70</t>
+          <t>0574471812</t>
         </is>
       </c>
       <c r="Q64" s="5" t="inlineStr">
         <is>
-          <t>dosaaf2011ukr.net</t>
-[...2 lines deleted...]
-      <c r="R64" s="5"/>
+          <t>kr-mnvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R64" s="5" t="inlineStr">
+        <is>
+          <t>http://mnvk-krasnograd.at.ua/</t>
+        </is>
+      </c>
       <c r="S64" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T64" s="5" t="inlineStr">
         <is>
-          <t>Александрова Наталія Григорівна</t>
+          <t>Ляховський Олександр Юрійович</t>
         </is>
       </c>
       <c r="U64" s="8" t="n">
-        <v>43508</v>
+        <v>43405</v>
       </c>
       <c r="V64" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти "Харківський професійний коледж"</t>
+          <t>Красноградський учбово-спортивний центр товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B65" s="6" t="n">
-        <v>1782</v>
+        <v>4190</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="5" t="inlineStr">
         <is>
-          <t>ХАРКІВСЬКИЙ КОЛЕДЖ</t>
-[...6 lines deleted...]
-      </c>
+          <t>Красноградський УСЦ ТСОУ</t>
+        </is>
+      </c>
+      <c r="E65" s="5"/>
       <c r="F65" s="7"/>
       <c r="G65" s="6" t="n">
-        <v>1943</v>
+        <v>1993</v>
       </c>
       <c r="H65" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I65" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J65" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K65" s="7" t="inlineStr">
         <is>
-          <t>62472</t>
+          <t>63304</t>
         </is>
       </c>
       <c r="L65" s="7" t="inlineStr">
         <is>
-          <t>UA63120150010020962</t>
+          <t>UA63060050010042407</t>
         </is>
       </c>
       <c r="M65" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N65" s="5" t="inlineStr">
         <is>
-          <t>м. Мерефа</t>
+          <t>м. Берестин</t>
         </is>
       </c>
       <c r="O65" s="5" t="inlineStr">
         <is>
-          <t>вул. Дніпровська, 207</t>
+          <t>вул. Шиндлера, 90</t>
         </is>
       </c>
       <c r="P65" s="5" t="inlineStr">
         <is>
-          <t>38(068) 625 48 41</t>
+          <t>+057(44)-716-70</t>
         </is>
       </c>
       <c r="Q65" s="5" t="inlineStr">
         <is>
-          <t>dnzregionalcentr@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dosaaf2011ukr.net</t>
+        </is>
+      </c>
+      <c r="R65" s="5"/>
       <c r="S65" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T65" s="5" t="inlineStr">
         <is>
-          <t>Шепеленко Василь Васильович</t>
-[...3 lines deleted...]
-      <c r="V65" s="5"/>
+          <t>Александрова Наталія Григорівна</t>
+        </is>
+      </c>
+      <c r="U65" s="8" t="n">
+        <v>43508</v>
+      </c>
+      <c r="V65" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>Учбовий спортивно-технічний центр харківського району Товариства сприяння обороні України</t>
+          <t>Заклад професійної (професійно-технічної) освіти "Харківський професійний коледж"</t>
         </is>
       </c>
       <c r="B66" s="6" t="n">
-        <v>4079</v>
+        <v>1782</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="5" t="inlineStr">
         <is>
-          <t>Учбовий спортивно-технічний центр харківського району товариства сприяння оборони України</t>
-[...2 lines deleted...]
-      <c r="E66" s="5"/>
+          <t>ХАРКІВСЬКИЙ КОЛЕДЖ</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>Institution of vocational (vocational and technical) education "Kharkiv Vocational College"</t>
+        </is>
+      </c>
       <c r="F66" s="7"/>
       <c r="G66" s="6" t="n">
-        <v>1995</v>
+        <v>1943</v>
       </c>
       <c r="H66" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I66" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J66" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J66" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K66" s="7" t="inlineStr">
         <is>
           <t>62472</t>
         </is>
       </c>
       <c r="L66" s="7" t="inlineStr">
         <is>
           <t>UA63120150010020962</t>
         </is>
       </c>
       <c r="M66" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N66" s="5" t="inlineStr">
         <is>
           <t>м. Мерефа</t>
         </is>
       </c>
       <c r="O66" s="5" t="inlineStr">
         <is>
-          <t>вул. Дніпропетровська, 201</t>
+          <t>вул. Дніпровська, 207</t>
         </is>
       </c>
       <c r="P66" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-748-75-92</t>
+          <t>38(068) 625 48 41</t>
         </is>
       </c>
       <c r="Q66" s="5" t="inlineStr">
         <is>
-          <t>ystc@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R66" s="5"/>
+          <t>dnzregionalcentr@ukr.net</t>
+        </is>
+      </c>
+      <c r="R66" s="5" t="inlineStr">
+        <is>
+          <t>http://dnzregionalcentr.com.ua</t>
+        </is>
+      </c>
       <c r="S66" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T66" s="5" t="inlineStr">
         <is>
-          <t>Поливаний Микола Павлович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Шепеленко Василь Васильович</t>
+        </is>
+      </c>
+      <c r="U66" s="8"/>
+      <c r="V66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Харківський обласний навчальний центр підготовки, перепідготовки та підвищення кваліфікації кадрів АПК"</t>
+          <t>Учбовий спортивно-технічний центр харківського району Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B67" s="6" t="n">
-        <v>3878</v>
+        <v>4079</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
-          <t>Навчальний центр</t>
+          <t>Учбовий спортивно-технічний центр харківського району товариства сприяння оборони України</t>
         </is>
       </c>
       <c r="E67" s="5"/>
       <c r="F67" s="7"/>
       <c r="G67" s="6" t="n">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="H67" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I67" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J67" s="5"/>
       <c r="K67" s="7" t="inlineStr">
         <is>
-          <t>62416</t>
+          <t>62472</t>
         </is>
       </c>
       <c r="L67" s="7" t="inlineStr">
         <is>
-          <t>UA63120210010032897</t>
+          <t>UA63120150010020962</t>
         </is>
       </c>
       <c r="M67" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N67" s="5" t="inlineStr">
         <is>
-          <t>с-ще Пісочин</t>
+          <t>м. Мерефа</t>
         </is>
       </c>
       <c r="O67" s="5" t="inlineStr">
         <is>
-          <t>вул. Некрасова, 11</t>
+          <t>вул. Дніпропетровська, 201</t>
         </is>
       </c>
       <c r="P67" s="5" t="inlineStr">
         <is>
-          <t>057-742-70-30, 057-742-75-48</t>
+          <t>+380(57)-748-75-92</t>
         </is>
       </c>
       <c r="Q67" s="5" t="inlineStr">
         <is>
-          <t>kharkov_centr@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>ystc@ukr.net</t>
+        </is>
+      </c>
+      <c r="R67" s="5"/>
       <c r="S67" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T67" s="5" t="inlineStr">
         <is>
-          <t>Д`яченко Дмитро Іванович</t>
+          <t>Поливаний Микола Павлович</t>
         </is>
       </c>
       <c r="U67" s="8" t="n">
-        <v>46058</v>
+        <v>43971</v>
       </c>
       <c r="V67" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>Вовчанський міжшкільний навчально-виробничий комбінат Вовчанської районної ради Харківської області</t>
+          <t>Державний навчальний заклад "Харківський обласний навчальний центр підготовки, перепідготовки та підвищення кваліфікації кадрів АПК"</t>
         </is>
       </c>
       <c r="B68" s="6" t="n">
-        <v>4132</v>
+        <v>3878</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
-          <t>МНВК</t>
+          <t>ДНЗ «ХАРКІВСЬКИЙ ОНЦ АПК»</t>
         </is>
       </c>
       <c r="E68" s="5"/>
       <c r="F68" s="7"/>
       <c r="G68" s="6" t="n">
-        <v>2006</v>
+        <v>2000</v>
       </c>
       <c r="H68" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I68" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J68" s="5" t="inlineStr">
         <is>
-          <t>Районна рада</t>
+          <t>Міністерство захисту довкілля та природних ресурсів України</t>
         </is>
       </c>
       <c r="K68" s="7" t="inlineStr">
         <is>
-          <t>62531</t>
+          <t>62416</t>
         </is>
       </c>
       <c r="L68" s="7" t="inlineStr">
         <is>
-          <t>UA63140010590014853</t>
+          <t>UA63120210010032897</t>
         </is>
       </c>
       <c r="M68" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N68" s="5" t="inlineStr">
         <is>
-          <t>с. Симинівка</t>
+          <t>с-ще Пісочин</t>
         </is>
       </c>
       <c r="O68" s="5" t="inlineStr">
         <is>
-          <t>вул. Хлібороба, 101</t>
+          <t>вул. Єдності, 11</t>
         </is>
       </c>
       <c r="P68" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-419-03-28</t>
+          <t>+38(057)-742-70-30</t>
         </is>
       </c>
       <c r="Q68" s="5"/>
       <c r="R68" s="5"/>
       <c r="S68" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T68" s="5" t="inlineStr">
         <is>
-          <t>Старосільський Микола Іванович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Д`яченко Дмитро Іванович</t>
+        </is>
+      </c>
+      <c r="U68" s="8"/>
+      <c r="V68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>Зміївська теплова електрична станція Публічного акціонерного товариства "Центренерго"</t>
+          <t>Вовчанський міжшкільний навчально-виробничий комбінат Вовчанської районної ради Харківської області</t>
         </is>
       </c>
       <c r="B69" s="6" t="n">
-        <v>4262</v>
-[...3 lines deleted...]
-      </c>
+        <v>4132</v>
+      </c>
+      <c r="C69" s="6"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>МНВК</t>
         </is>
       </c>
       <c r="E69" s="5"/>
       <c r="F69" s="7"/>
-      <c r="G69" s="6"/>
+      <c r="G69" s="6" t="n">
+        <v>2006</v>
+      </c>
       <c r="H69" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I69" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J69" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J69" s="5" t="inlineStr">
+        <is>
+          <t>Районна рада</t>
+        </is>
+      </c>
       <c r="K69" s="7" t="inlineStr">
         <is>
-          <t>63460</t>
+          <t>62531</t>
         </is>
       </c>
       <c r="L69" s="7" t="inlineStr">
         <is>
-          <t>UA63140110010076882</t>
+          <t>UA63140010590014853</t>
         </is>
       </c>
       <c r="M69" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N69" s="5" t="inlineStr">
         <is>
-          <t>с-ще Слобожанське</t>
+          <t>с. Симинівка</t>
         </is>
       </c>
       <c r="O69" s="5" t="inlineStr">
         <is>
-          <t>-, -</t>
+          <t>вул. Хлібороба, 101</t>
         </is>
       </c>
       <c r="P69" s="5" t="inlineStr">
         <is>
-          <t>+380(57)-475-35-85</t>
+          <t>+380(57)-419-03-28</t>
         </is>
       </c>
       <c r="Q69" s="5"/>
       <c r="R69" s="5"/>
       <c r="S69" s="5" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="T69" s="5" t="inlineStr">
         <is>
-          <t>Бабенко Ігор Анатолійович</t>
+          <t>Старосільський Микола Іванович</t>
         </is>
       </c>
       <c r="U69" s="8" t="n">
-        <v>45170</v>
+        <v>44760</v>
       </c>
       <c r="V69" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Темнівський навчальний центр №100"</t>
+          <t>Зміївська теплова електрична станція Публічного акціонерного товариства "Центренерго"</t>
         </is>
       </c>
       <c r="B70" s="6" t="n">
-        <v>5634</v>
-[...1 lines deleted...]
-      <c r="C70" s="6"/>
+        <v>4262</v>
+      </c>
+      <c r="C70" s="6" t="n">
+        <v>4261</v>
+      </c>
       <c r="D70" s="5" t="inlineStr">
         <is>
-          <t>Темнівський навчальний центр №100</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E70" s="5"/>
       <c r="F70" s="7"/>
-      <c r="G70" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G70" s="6"/>
       <c r="H70" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I70" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J70" s="5"/>
       <c r="K70" s="7" t="inlineStr">
         <is>
-          <t>62493</t>
+          <t>63460</t>
         </is>
       </c>
       <c r="L70" s="7" t="inlineStr">
         <is>
-          <t>UA63120010080091177</t>
+          <t>UA63140110010076882</t>
         </is>
       </c>
       <c r="M70" s="5" t="inlineStr">
         <is>
           <t>Харківська обл.</t>
         </is>
       </c>
       <c r="N70" s="5" t="inlineStr">
         <is>
-          <t>с. Темнівка</t>
+          <t>с-ще Слобожанське</t>
         </is>
       </c>
       <c r="O70" s="5" t="inlineStr">
         <is>
-          <t>вул. Харківська, 3</t>
+          <t>-, -</t>
         </is>
       </c>
       <c r="P70" s="5" t="inlineStr">
         <is>
-          <t>+380(95)-844-44-59</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380(57)-475-35-85</t>
+        </is>
+      </c>
+      <c r="Q70" s="5"/>
       <c r="R70" s="5"/>
       <c r="S70" s="5" t="inlineStr">
         <is>
+          <t>Керівник</t>
+        </is>
+      </c>
+      <c r="T70" s="5" t="inlineStr">
+        <is>
+          <t>Бабенко Ігор Анатолійович</t>
+        </is>
+      </c>
+      <c r="U70" s="8" t="n">
+        <v>45170</v>
+      </c>
+      <c r="V70" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="inlineStr">
+        <is>
+          <t>Державний професійно-технічний навчальний заклад "Темнівський навчальний центр №100"</t>
+        </is>
+      </c>
+      <c r="B71" s="6" t="n">
+        <v>5634</v>
+      </c>
+      <c r="C71" s="6"/>
+      <c r="D71" s="5" t="inlineStr">
+        <is>
+          <t>Темнівський навчальний центр №100</t>
+        </is>
+      </c>
+      <c r="E71" s="5"/>
+      <c r="F71" s="7"/>
+      <c r="G71" s="6" t="n">
+        <v>2005</v>
+      </c>
+      <c r="H71" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I71" s="5" t="inlineStr">
+        <is>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J71" s="5" t="inlineStr">
+        <is>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="K71" s="7" t="inlineStr">
+        <is>
+          <t>62493</t>
+        </is>
+      </c>
+      <c r="L71" s="7" t="inlineStr">
+        <is>
+          <t>UA63120010080091177</t>
+        </is>
+      </c>
+      <c r="M71" s="5" t="inlineStr">
+        <is>
+          <t>Харківська обл.</t>
+        </is>
+      </c>
+      <c r="N71" s="5" t="inlineStr">
+        <is>
+          <t>с. Темнівка</t>
+        </is>
+      </c>
+      <c r="O71" s="5" t="inlineStr">
+        <is>
+          <t>вул. Харківська, 3</t>
+        </is>
+      </c>
+      <c r="P71" s="5" t="inlineStr">
+        <is>
+          <t>+380(95)-844-44-59</t>
+        </is>
+      </c>
+      <c r="Q71" s="5" t="inlineStr">
+        <is>
+          <t>tnc_100@ukr.net</t>
+        </is>
+      </c>
+      <c r="R71" s="5"/>
+      <c r="S71" s="5" t="inlineStr">
+        <is>
           <t>Директор ДПТНЗ "Темнівський навчальний центр №100"</t>
         </is>
       </c>
-      <c r="T70" s="5" t="inlineStr">
+      <c r="T71" s="5" t="inlineStr">
         <is>
           <t>Підкопай Анатолій Миколайович</t>
         </is>
       </c>
-      <c r="U70" s="8"/>
-      <c r="V70" s="5"/>
+      <c r="U71" s="8"/>
+      <c r="V71" s="5"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:V70"/>
+  <autoFilter ref="A1:V71"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>