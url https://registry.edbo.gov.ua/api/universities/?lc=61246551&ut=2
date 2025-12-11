--- v0 (2025-10-21)
+++ v1 (2025-12-11)
@@ -340,84 +340,88 @@
           <t>ДНЗ "Підволочиський професійний ліцей"</t>
         </is>
       </c>
       <c r="E2" s="5"/>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Тернопільської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
-          <t>47800</t>
+          <t>47801</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA61040350010048866</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Тернопільська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с-ще Підволочиськ</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Д. Галицького, 106</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>0354321284</t>
+          <t>+38(097)-169-36-02</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>ppbl@ukr.net</t>
         </is>
       </c>
-      <c r="R2" s="5"/>
+      <c r="R2" s="5" t="inlineStr">
+        <is>
+          <t>https://pplicej.wixsite.com/licej</t>
+        </is>
+      </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Нагірна Надія Ігорівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>ПІДВОЛОЧИСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>7073</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>